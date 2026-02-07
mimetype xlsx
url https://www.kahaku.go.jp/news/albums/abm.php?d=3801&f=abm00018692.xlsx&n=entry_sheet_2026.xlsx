--- v0 (2025-12-21)
+++ v1 (2026-02-07)
@@ -1,68 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
-[...14 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{08AD1EB2-D4C1-407F-ACF0-ADC51B52F8F7}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{992FDD9C-E198-4C22-85A4-DF1149F83D8B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="27885" windowHeight="10665" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="履歴書No.１" sheetId="5" r:id="rId1"/>
     <sheet name="履歴書No.２" sheetId="3" r:id="rId2"/>
     <sheet name="記入要領" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">履歴書No.１!$B$1:$BA$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">履歴書No.２!$A$1:$AX$40</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="BD9" i="5" l="1"/>
   <c r="BD3" i="5" l="1"/>
   <c r="BD4" i="5" s="1"/>
   <c r="AQ3" i="3" l="1"/>
   <c r="AJ3" i="3"/>
   <c r="U9" i="5" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>作成者</author>
   </authors>
   <commentList>
     <comment ref="AD3" authorId="0" shapeId="0" xr:uid="{94BAE176-1AB1-4AE4-87E4-6B44BF184D0B}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
@@ -225,51 +239,51 @@
           </rPr>
           <t>所属組織から通知された正式な職名・職位を記入する。</t>
         </r>
       </text>
     </comment>
     <comment ref="AU7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000004000000}">
       <text>
         <r>
           <rPr>
             <sz val="11"/>
             <color indexed="81"/>
             <rFont val="ＭＳ Ｐゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>正規職員の場合は「正規職員」と記入。
 それ以外の場合は1週間あたりの所定労働時間数を記入する。（残業時間は含まない）</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="149">
   <si>
     <t>履歴書</t>
     <rPh sb="0" eb="1">
       <t>クツ</t>
     </rPh>
     <rPh sb="1" eb="2">
       <t>レキ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ガツ</t>
     </rPh>
@@ -3221,51 +3235,50 @@
       <t>ジョウタイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※※業務上で配慮を必要とされる場合、または選考に際し、面接等で配慮を必要とされる場合はご記載ください。</t>
     <rPh sb="2" eb="5">
       <t>ギョウムジョウ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ハイリョ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ヒツヨウ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>バアイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="0"/>
   <fonts count="27">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -4253,350 +4266,340 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="349">
+  <cellXfs count="336">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4623,63 +4626,63 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -4708,156 +4711,153 @@
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
@@ -4923,51 +4923,51 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -5023,60 +5023,60 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -5110,166 +5110,158 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -5302,389 +5294,336 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId3" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId5" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId6" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId7" Target="calcChain.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -5812,2299 +5751,2295 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId3" Target="../comments1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/vmlDrawing2.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId3" Target="../comments2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings3.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E74847BB-26D7-402E-9B33-32D34FEAE1E4}">
   <dimension ref="B1:BJ47"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="BK18" sqref="BK18"/>
+      <selection activeCell="BC20" sqref="BC20:BD20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.125" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="9" style="1" width="3.125"/>
-[...13 lines deleted...]
-    <col min="63" max="16384" style="1" width="3.125"/>
+    <col min="1" max="9" width="3.125" style="1"/>
+    <col min="10" max="11" width="3.75" style="1" customWidth="1"/>
+    <col min="12" max="15" width="3.125" style="1"/>
+    <col min="16" max="16" width="3.75" style="1" bestFit="1" customWidth="1"/>
+    <col min="17" max="20" width="3.125" style="1"/>
+    <col min="21" max="22" width="3.125" style="1" customWidth="1"/>
+    <col min="23" max="33" width="3.125" style="1"/>
+    <col min="34" max="35" width="3.75" style="1" bestFit="1" customWidth="1"/>
+    <col min="36" max="43" width="3.125" style="1"/>
+    <col min="44" max="44" width="1.875" style="1" customWidth="1"/>
+    <col min="45" max="55" width="3.25" style="1" customWidth="1"/>
+    <col min="56" max="56" width="10.5" style="27" bestFit="1" customWidth="1"/>
+    <col min="57" max="57" width="13.625" style="27" customWidth="1"/>
+    <col min="58" max="62" width="3.125" style="27"/>
+    <col min="63" max="16384" width="3.125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:57" ht="33.75" customHeight="1">
-      <c r="AW1" s="141" t="s">
+      <c r="AW1" s="137" t="s">
         <v>43</v>
       </c>
-      <c r="AX1" s="141"/>
-[...5 lines deleted...]
-      <c r="BD1" s="32"/>
+      <c r="AX1" s="137"/>
+      <c r="AY1" s="137"/>
+      <c r="AZ1" s="137"/>
+      <c r="BA1" s="137"/>
+      <c r="BB1" s="38"/>
+      <c r="BC1" s="38"/>
+      <c r="BD1" s="31"/>
     </row>
     <row r="2" spans="2:57" ht="33.75" customHeight="1" thickBot="1">
-      <c r="B2" s="142" t="s">
+      <c r="B2" s="138" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="142"/>
-[...6 lines deleted...]
-      <c r="BD2" s="32"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="BD2" s="31"/>
     </row>
     <row r="3" spans="2:57" ht="18.75" customHeight="1" thickBot="1">
-      <c r="AB3" s="143" t="s">
+      <c r="AB3" s="139" t="s">
         <v>49</v>
       </c>
-      <c r="AC3" s="144"/>
-      <c r="AD3" s="145">
+      <c r="AC3" s="140"/>
+      <c r="AD3" s="141">
         <v>8</v>
       </c>
-      <c r="AE3" s="145"/>
+      <c r="AE3" s="141"/>
       <c r="AF3" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="AG3" s="145">
+      <c r="AG3" s="141">
         <v>1</v>
       </c>
-      <c r="AH3" s="145"/>
+      <c r="AH3" s="141"/>
       <c r="AI3" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="AJ3" s="145">
+      <c r="AJ3" s="141">
         <v>1</v>
       </c>
-      <c r="AK3" s="145"/>
+      <c r="AK3" s="141"/>
       <c r="AL3" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="AM3" s="144" t="s">
+      <c r="AM3" s="140" t="s">
         <v>4</v>
       </c>
-      <c r="AN3" s="144"/>
-[...3 lines deleted...]
-      <c r="BD3" s="32">
+      <c r="AN3" s="140"/>
+      <c r="AO3" s="140"/>
+      <c r="AP3" s="140"/>
+      <c r="AQ3" s="142"/>
+      <c r="BD3" s="31">
         <f>DATEVALUE("R"&amp;AD3&amp;"/"&amp;AG3&amp;"/"&amp;AJ3)</f>
         <v>46023</v>
       </c>
-      <c r="BE3" s="28" t="s">
+      <c r="BE3" s="27" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="2:57" ht="21" customHeight="1" thickBot="1">
-      <c r="B4" s="91" t="s">
+      <c r="B4" s="87" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="92"/>
-[...35 lines deleted...]
-      <c r="AM4" s="97" t="s">
+      <c r="C4" s="88"/>
+      <c r="D4" s="88"/>
+      <c r="E4" s="88"/>
+      <c r="F4" s="89"/>
+      <c r="G4" s="90"/>
+      <c r="H4" s="90"/>
+      <c r="I4" s="90"/>
+      <c r="J4" s="90"/>
+      <c r="K4" s="90"/>
+      <c r="L4" s="90"/>
+      <c r="M4" s="90"/>
+      <c r="N4" s="90"/>
+      <c r="O4" s="90"/>
+      <c r="P4" s="90"/>
+      <c r="Q4" s="91"/>
+      <c r="R4" s="92"/>
+      <c r="S4" s="90"/>
+      <c r="T4" s="90"/>
+      <c r="U4" s="90"/>
+      <c r="V4" s="90"/>
+      <c r="W4" s="90"/>
+      <c r="X4" s="90"/>
+      <c r="Y4" s="90"/>
+      <c r="Z4" s="90"/>
+      <c r="AA4" s="90"/>
+      <c r="AB4" s="90"/>
+      <c r="AC4" s="90"/>
+      <c r="AD4" s="90"/>
+      <c r="AE4" s="90"/>
+      <c r="AF4" s="90"/>
+      <c r="AG4" s="90"/>
+      <c r="AH4" s="90"/>
+      <c r="AI4" s="90"/>
+      <c r="AJ4" s="90"/>
+      <c r="AK4" s="90"/>
+      <c r="AL4" s="90"/>
+      <c r="AM4" s="93" t="s">
         <v>126</v>
       </c>
-      <c r="AN4" s="98"/>
-[...3 lines deleted...]
-      <c r="BD4" s="32">
+      <c r="AN4" s="94"/>
+      <c r="AO4" s="94"/>
+      <c r="AP4" s="94"/>
+      <c r="AQ4" s="95"/>
+      <c r="BD4" s="31">
         <f>IF(AG3&gt;3,DATE(YEAR(BD3)+1,3,31),DATE(YEAR(BD3),3,31))</f>
         <v>46112</v>
       </c>
-      <c r="BE4" s="28" t="s">
+      <c r="BE4" s="27" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="2:57" ht="19.5" customHeight="1">
-      <c r="B5" s="71" t="s">
+      <c r="B5" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="72"/>
-[...40 lines deleted...]
-      <c r="AS5" s="147" t="s">
+      <c r="C5" s="68"/>
+      <c r="D5" s="68"/>
+      <c r="E5" s="68"/>
+      <c r="F5" s="96"/>
+      <c r="G5" s="97"/>
+      <c r="H5" s="97"/>
+      <c r="I5" s="97"/>
+      <c r="J5" s="97"/>
+      <c r="K5" s="97"/>
+      <c r="L5" s="97"/>
+      <c r="M5" s="97"/>
+      <c r="N5" s="97"/>
+      <c r="O5" s="97"/>
+      <c r="P5" s="97"/>
+      <c r="Q5" s="98"/>
+      <c r="R5" s="102"/>
+      <c r="S5" s="103"/>
+      <c r="T5" s="103"/>
+      <c r="U5" s="103"/>
+      <c r="V5" s="103"/>
+      <c r="W5" s="103"/>
+      <c r="X5" s="103"/>
+      <c r="Y5" s="103"/>
+      <c r="Z5" s="103"/>
+      <c r="AA5" s="103"/>
+      <c r="AB5" s="103"/>
+      <c r="AC5" s="103"/>
+      <c r="AD5" s="103"/>
+      <c r="AE5" s="103"/>
+      <c r="AF5" s="103"/>
+      <c r="AG5" s="103"/>
+      <c r="AH5" s="103"/>
+      <c r="AI5" s="103"/>
+      <c r="AJ5" s="103"/>
+      <c r="AK5" s="103"/>
+      <c r="AL5" s="103"/>
+      <c r="AM5" s="106"/>
+      <c r="AN5" s="106"/>
+      <c r="AO5" s="106"/>
+      <c r="AP5" s="106"/>
+      <c r="AQ5" s="107"/>
+      <c r="AS5" s="143" t="s">
         <v>31</v>
       </c>
-      <c r="AT5" s="148"/>
-[...9 lines deleted...]
-      <c r="BD5" s="32"/>
+      <c r="AT5" s="144"/>
+      <c r="AU5" s="144"/>
+      <c r="AV5" s="144"/>
+      <c r="AW5" s="144"/>
+      <c r="AX5" s="144"/>
+      <c r="AY5" s="144"/>
+      <c r="AZ5" s="144"/>
+      <c r="BA5" s="145"/>
+      <c r="BB5" s="43"/>
+      <c r="BC5" s="43"/>
+      <c r="BD5" s="31"/>
     </row>
     <row r="6" spans="2:57" ht="19.5" customHeight="1">
-      <c r="B6" s="71"/>
-[...52 lines deleted...]
-      <c r="BD6" s="32"/>
+      <c r="B6" s="67"/>
+      <c r="C6" s="68"/>
+      <c r="D6" s="68"/>
+      <c r="E6" s="68"/>
+      <c r="F6" s="96"/>
+      <c r="G6" s="97"/>
+      <c r="H6" s="97"/>
+      <c r="I6" s="97"/>
+      <c r="J6" s="97"/>
+      <c r="K6" s="97"/>
+      <c r="L6" s="97"/>
+      <c r="M6" s="97"/>
+      <c r="N6" s="97"/>
+      <c r="O6" s="97"/>
+      <c r="P6" s="97"/>
+      <c r="Q6" s="98"/>
+      <c r="R6" s="102"/>
+      <c r="S6" s="103"/>
+      <c r="T6" s="103"/>
+      <c r="U6" s="103"/>
+      <c r="V6" s="103"/>
+      <c r="W6" s="103"/>
+      <c r="X6" s="103"/>
+      <c r="Y6" s="103"/>
+      <c r="Z6" s="103"/>
+      <c r="AA6" s="103"/>
+      <c r="AB6" s="103"/>
+      <c r="AC6" s="103"/>
+      <c r="AD6" s="103"/>
+      <c r="AE6" s="103"/>
+      <c r="AF6" s="103"/>
+      <c r="AG6" s="103"/>
+      <c r="AH6" s="103"/>
+      <c r="AI6" s="103"/>
+      <c r="AJ6" s="103"/>
+      <c r="AK6" s="103"/>
+      <c r="AL6" s="103"/>
+      <c r="AM6" s="106"/>
+      <c r="AN6" s="106"/>
+      <c r="AO6" s="106"/>
+      <c r="AP6" s="106"/>
+      <c r="AQ6" s="107"/>
+      <c r="AS6" s="146"/>
+      <c r="AT6" s="147"/>
+      <c r="AU6" s="147"/>
+      <c r="AV6" s="147"/>
+      <c r="AW6" s="147"/>
+      <c r="AX6" s="147"/>
+      <c r="AY6" s="147"/>
+      <c r="AZ6" s="147"/>
+      <c r="BA6" s="148"/>
+      <c r="BB6" s="43"/>
+      <c r="BC6" s="43"/>
+      <c r="BD6" s="31"/>
     </row>
     <row r="7" spans="2:57" ht="19.5" customHeight="1">
-      <c r="B7" s="71"/>
-[...52 lines deleted...]
-      <c r="BD7" s="32"/>
+      <c r="B7" s="67"/>
+      <c r="C7" s="68"/>
+      <c r="D7" s="68"/>
+      <c r="E7" s="68"/>
+      <c r="F7" s="96"/>
+      <c r="G7" s="97"/>
+      <c r="H7" s="97"/>
+      <c r="I7" s="97"/>
+      <c r="J7" s="97"/>
+      <c r="K7" s="97"/>
+      <c r="L7" s="97"/>
+      <c r="M7" s="97"/>
+      <c r="N7" s="97"/>
+      <c r="O7" s="97"/>
+      <c r="P7" s="97"/>
+      <c r="Q7" s="98"/>
+      <c r="R7" s="102"/>
+      <c r="S7" s="103"/>
+      <c r="T7" s="103"/>
+      <c r="U7" s="103"/>
+      <c r="V7" s="103"/>
+      <c r="W7" s="103"/>
+      <c r="X7" s="103"/>
+      <c r="Y7" s="103"/>
+      <c r="Z7" s="103"/>
+      <c r="AA7" s="103"/>
+      <c r="AB7" s="103"/>
+      <c r="AC7" s="103"/>
+      <c r="AD7" s="103"/>
+      <c r="AE7" s="103"/>
+      <c r="AF7" s="103"/>
+      <c r="AG7" s="103"/>
+      <c r="AH7" s="103"/>
+      <c r="AI7" s="103"/>
+      <c r="AJ7" s="103"/>
+      <c r="AK7" s="103"/>
+      <c r="AL7" s="103"/>
+      <c r="AM7" s="106"/>
+      <c r="AN7" s="106"/>
+      <c r="AO7" s="106"/>
+      <c r="AP7" s="106"/>
+      <c r="AQ7" s="107"/>
+      <c r="AS7" s="146"/>
+      <c r="AT7" s="147"/>
+      <c r="AU7" s="147"/>
+      <c r="AV7" s="147"/>
+      <c r="AW7" s="147"/>
+      <c r="AX7" s="147"/>
+      <c r="AY7" s="147"/>
+      <c r="AZ7" s="147"/>
+      <c r="BA7" s="148"/>
+      <c r="BB7" s="43"/>
+      <c r="BC7" s="43"/>
+      <c r="BD7" s="31"/>
     </row>
     <row r="8" spans="2:57" ht="19.5" customHeight="1" thickBot="1">
-      <c r="B8" s="73"/>
-[...52 lines deleted...]
-      <c r="BD8" s="32"/>
+      <c r="B8" s="69"/>
+      <c r="C8" s="70"/>
+      <c r="D8" s="70"/>
+      <c r="E8" s="70"/>
+      <c r="F8" s="99"/>
+      <c r="G8" s="100"/>
+      <c r="H8" s="100"/>
+      <c r="I8" s="100"/>
+      <c r="J8" s="100"/>
+      <c r="K8" s="100"/>
+      <c r="L8" s="100"/>
+      <c r="M8" s="100"/>
+      <c r="N8" s="100"/>
+      <c r="O8" s="100"/>
+      <c r="P8" s="100"/>
+      <c r="Q8" s="101"/>
+      <c r="R8" s="104"/>
+      <c r="S8" s="105"/>
+      <c r="T8" s="105"/>
+      <c r="U8" s="105"/>
+      <c r="V8" s="105"/>
+      <c r="W8" s="105"/>
+      <c r="X8" s="105"/>
+      <c r="Y8" s="105"/>
+      <c r="Z8" s="105"/>
+      <c r="AA8" s="105"/>
+      <c r="AB8" s="105"/>
+      <c r="AC8" s="105"/>
+      <c r="AD8" s="105"/>
+      <c r="AE8" s="105"/>
+      <c r="AF8" s="105"/>
+      <c r="AG8" s="105"/>
+      <c r="AH8" s="105"/>
+      <c r="AI8" s="105"/>
+      <c r="AJ8" s="105"/>
+      <c r="AK8" s="105"/>
+      <c r="AL8" s="105"/>
+      <c r="AM8" s="108"/>
+      <c r="AN8" s="108"/>
+      <c r="AO8" s="108"/>
+      <c r="AP8" s="108"/>
+      <c r="AQ8" s="109"/>
+      <c r="AS8" s="146"/>
+      <c r="AT8" s="147"/>
+      <c r="AU8" s="147"/>
+      <c r="AV8" s="147"/>
+      <c r="AW8" s="147"/>
+      <c r="AX8" s="147"/>
+      <c r="AY8" s="147"/>
+      <c r="AZ8" s="147"/>
+      <c r="BA8" s="148"/>
+      <c r="BB8" s="43"/>
+      <c r="BC8" s="43"/>
+      <c r="BD8" s="31"/>
     </row>
     <row r="9" spans="2:57" ht="37.5" customHeight="1" thickBot="1">
-      <c r="B9" s="156" t="s">
+      <c r="B9" s="152" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="157"/>
-[...2 lines deleted...]
-      <c r="F9" s="159" t="s">
+      <c r="C9" s="153"/>
+      <c r="D9" s="153"/>
+      <c r="E9" s="154"/>
+      <c r="F9" s="155" t="s">
         <v>125</v>
       </c>
-      <c r="G9" s="160"/>
-[...1 lines deleted...]
-      <c r="I9" s="161"/>
+      <c r="G9" s="156"/>
+      <c r="H9" s="157"/>
+      <c r="I9" s="157"/>
       <c r="J9" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="K9" s="131"/>
-      <c r="L9" s="131"/>
+      <c r="K9" s="127"/>
+      <c r="L9" s="127"/>
       <c r="M9" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="N9" s="131"/>
-      <c r="O9" s="131"/>
+      <c r="N9" s="127"/>
+      <c r="O9" s="127"/>
       <c r="P9" s="22" t="s">
         <v>3</v>
       </c>
       <c r="Q9" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="R9" s="162" t="s">
+      <c r="R9" s="158" t="s">
         <v>8</v>
       </c>
-      <c r="S9" s="162"/>
-[...1 lines deleted...]
-      <c r="U9" s="163" t="e">
+      <c r="S9" s="158"/>
+      <c r="T9" s="158"/>
+      <c r="U9" s="113" t="e">
         <f>IF(AD3="","",DATEDIF(BD9,BD4,"Y"))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="V9" s="163"/>
+      <c r="V9" s="113"/>
       <c r="W9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="X9" s="22" t="s">
         <v>10</v>
       </c>
       <c r="Y9" s="5"/>
       <c r="Z9" s="5"/>
       <c r="AA9" s="5"/>
       <c r="AB9" s="5"/>
       <c r="AC9" s="5"/>
       <c r="AD9" s="5"/>
       <c r="AE9" s="5"/>
       <c r="AF9" s="5"/>
       <c r="AG9" s="5"/>
       <c r="AH9" s="5"/>
       <c r="AI9" s="5"/>
       <c r="AJ9" s="5"/>
       <c r="AK9" s="5"/>
       <c r="AL9" s="5"/>
       <c r="AM9" s="5"/>
       <c r="AN9" s="5"/>
       <c r="AO9" s="5"/>
       <c r="AP9" s="5"/>
       <c r="AQ9" s="6"/>
-      <c r="AS9" s="150"/>
-[...11 lines deleted...]
-        <f><![CDATA[IF(F9="昭和",DATEVALUE("S"&H9&"/"&K9&"/"&N9),DATEVALUE("H"&H9&"/"&K9&"/"&N9))]]></f>
+      <c r="AS9" s="146"/>
+      <c r="AT9" s="147"/>
+      <c r="AU9" s="147"/>
+      <c r="AV9" s="147"/>
+      <c r="AW9" s="147"/>
+      <c r="AX9" s="147"/>
+      <c r="AY9" s="147"/>
+      <c r="AZ9" s="147"/>
+      <c r="BA9" s="148"/>
+      <c r="BB9" s="43"/>
+      <c r="BC9" s="43"/>
+      <c r="BD9" s="31" t="e">
+        <f>IF(F9="昭和",DATEVALUE("S"&amp;H9&amp;"/"&amp;K9&amp;"/"&amp;N9),DATEVALUE("H"&amp;H9&amp;"/"&amp;K9&amp;"/"&amp;N9))</f>
         <v>#VALUE!</v>
       </c>
-      <c r="BE9" s="28" t="s">
+      <c r="BE9" s="27" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="2:57" ht="18.75" customHeight="1">
-      <c r="B10" s="164"/>
-[...2 lines deleted...]
-      <c r="E10" s="165"/>
+      <c r="B10" s="159"/>
+      <c r="C10" s="160"/>
+      <c r="D10" s="160"/>
+      <c r="E10" s="160"/>
       <c r="F10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="13"/>
       <c r="H10" s="13"/>
       <c r="I10" s="13"/>
       <c r="J10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="K10" s="13"/>
       <c r="L10" s="13"/>
       <c r="M10" s="19"/>
       <c r="N10" s="14"/>
-      <c r="O10" s="166"/>
-[...39 lines deleted...]
-      <c r="BD10" s="32"/>
+      <c r="O10" s="161"/>
+      <c r="P10" s="162"/>
+      <c r="Q10" s="162"/>
+      <c r="R10" s="162"/>
+      <c r="S10" s="162"/>
+      <c r="T10" s="162"/>
+      <c r="U10" s="162"/>
+      <c r="V10" s="162"/>
+      <c r="W10" s="162"/>
+      <c r="X10" s="162"/>
+      <c r="Y10" s="162"/>
+      <c r="Z10" s="162"/>
+      <c r="AA10" s="162"/>
+      <c r="AB10" s="162"/>
+      <c r="AC10" s="162"/>
+      <c r="AD10" s="162"/>
+      <c r="AE10" s="162"/>
+      <c r="AF10" s="162"/>
+      <c r="AG10" s="162"/>
+      <c r="AH10" s="162"/>
+      <c r="AI10" s="162"/>
+      <c r="AJ10" s="162"/>
+      <c r="AK10" s="162"/>
+      <c r="AL10" s="162"/>
+      <c r="AM10" s="162"/>
+      <c r="AN10" s="162"/>
+      <c r="AO10" s="162"/>
+      <c r="AP10" s="162"/>
+      <c r="AQ10" s="163"/>
+      <c r="AS10" s="146"/>
+      <c r="AT10" s="147"/>
+      <c r="AU10" s="147"/>
+      <c r="AV10" s="147"/>
+      <c r="AW10" s="147"/>
+      <c r="AX10" s="147"/>
+      <c r="AY10" s="147"/>
+      <c r="AZ10" s="147"/>
+      <c r="BA10" s="148"/>
+      <c r="BB10" s="43"/>
+      <c r="BC10" s="43"/>
+      <c r="BD10" s="31"/>
     </row>
     <row r="11" spans="2:57" ht="18.75" customHeight="1">
-      <c r="B11" s="71" t="s">
+      <c r="B11" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="C11" s="72"/>
-[...51 lines deleted...]
-      <c r="BD11" s="32"/>
+      <c r="C11" s="68"/>
+      <c r="D11" s="68"/>
+      <c r="E11" s="68"/>
+      <c r="F11" s="71"/>
+      <c r="G11" s="72"/>
+      <c r="H11" s="72"/>
+      <c r="I11" s="72"/>
+      <c r="J11" s="72"/>
+      <c r="K11" s="72"/>
+      <c r="L11" s="72"/>
+      <c r="M11" s="72"/>
+      <c r="N11" s="72"/>
+      <c r="O11" s="72"/>
+      <c r="P11" s="72"/>
+      <c r="Q11" s="72"/>
+      <c r="R11" s="72"/>
+      <c r="S11" s="72"/>
+      <c r="T11" s="72"/>
+      <c r="U11" s="72"/>
+      <c r="V11" s="72"/>
+      <c r="W11" s="72"/>
+      <c r="X11" s="72"/>
+      <c r="Y11" s="72"/>
+      <c r="Z11" s="72"/>
+      <c r="AA11" s="72"/>
+      <c r="AB11" s="72"/>
+      <c r="AC11" s="72"/>
+      <c r="AD11" s="72"/>
+      <c r="AE11" s="72"/>
+      <c r="AF11" s="72"/>
+      <c r="AG11" s="72"/>
+      <c r="AH11" s="72"/>
+      <c r="AI11" s="72"/>
+      <c r="AJ11" s="72"/>
+      <c r="AK11" s="72"/>
+      <c r="AL11" s="72"/>
+      <c r="AM11" s="72"/>
+      <c r="AN11" s="72"/>
+      <c r="AO11" s="72"/>
+      <c r="AP11" s="72"/>
+      <c r="AQ11" s="73"/>
+      <c r="AS11" s="146"/>
+      <c r="AT11" s="147"/>
+      <c r="AU11" s="147"/>
+      <c r="AV11" s="147"/>
+      <c r="AW11" s="147"/>
+      <c r="AX11" s="147"/>
+      <c r="AY11" s="147"/>
+      <c r="AZ11" s="147"/>
+      <c r="BA11" s="148"/>
+      <c r="BB11" s="43"/>
+      <c r="BC11" s="43"/>
+      <c r="BD11" s="31"/>
     </row>
     <row r="12" spans="2:57" ht="18.75" customHeight="1">
-      <c r="B12" s="71"/>
-[...51 lines deleted...]
-      <c r="BC12" s="45"/>
+      <c r="B12" s="67"/>
+      <c r="C12" s="68"/>
+      <c r="D12" s="68"/>
+      <c r="E12" s="68"/>
+      <c r="F12" s="71"/>
+      <c r="G12" s="72"/>
+      <c r="H12" s="72"/>
+      <c r="I12" s="72"/>
+      <c r="J12" s="72"/>
+      <c r="K12" s="72"/>
+      <c r="L12" s="72"/>
+      <c r="M12" s="72"/>
+      <c r="N12" s="72"/>
+      <c r="O12" s="72"/>
+      <c r="P12" s="72"/>
+      <c r="Q12" s="72"/>
+      <c r="R12" s="72"/>
+      <c r="S12" s="72"/>
+      <c r="T12" s="72"/>
+      <c r="U12" s="72"/>
+      <c r="V12" s="72"/>
+      <c r="W12" s="72"/>
+      <c r="X12" s="72"/>
+      <c r="Y12" s="72"/>
+      <c r="Z12" s="72"/>
+      <c r="AA12" s="72"/>
+      <c r="AB12" s="72"/>
+      <c r="AC12" s="72"/>
+      <c r="AD12" s="72"/>
+      <c r="AE12" s="72"/>
+      <c r="AF12" s="72"/>
+      <c r="AG12" s="72"/>
+      <c r="AH12" s="72"/>
+      <c r="AI12" s="72"/>
+      <c r="AJ12" s="72"/>
+      <c r="AK12" s="72"/>
+      <c r="AL12" s="72"/>
+      <c r="AM12" s="72"/>
+      <c r="AN12" s="72"/>
+      <c r="AO12" s="72"/>
+      <c r="AP12" s="72"/>
+      <c r="AQ12" s="73"/>
+      <c r="AS12" s="146"/>
+      <c r="AT12" s="147"/>
+      <c r="AU12" s="147"/>
+      <c r="AV12" s="147"/>
+      <c r="AW12" s="147"/>
+      <c r="AX12" s="147"/>
+      <c r="AY12" s="147"/>
+      <c r="AZ12" s="147"/>
+      <c r="BA12" s="148"/>
+      <c r="BB12" s="43"/>
+      <c r="BC12" s="43"/>
     </row>
     <row r="13" spans="2:57" ht="46.5" customHeight="1" thickBot="1">
-      <c r="B13" s="73"/>
-[...51 lines deleted...]
-      <c r="BC13" s="45"/>
+      <c r="B13" s="69"/>
+      <c r="C13" s="70"/>
+      <c r="D13" s="70"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="74"/>
+      <c r="G13" s="75"/>
+      <c r="H13" s="75"/>
+      <c r="I13" s="75"/>
+      <c r="J13" s="75"/>
+      <c r="K13" s="75"/>
+      <c r="L13" s="75"/>
+      <c r="M13" s="75"/>
+      <c r="N13" s="75"/>
+      <c r="O13" s="75"/>
+      <c r="P13" s="75"/>
+      <c r="Q13" s="75"/>
+      <c r="R13" s="75"/>
+      <c r="S13" s="75"/>
+      <c r="T13" s="75"/>
+      <c r="U13" s="75"/>
+      <c r="V13" s="75"/>
+      <c r="W13" s="75"/>
+      <c r="X13" s="75"/>
+      <c r="Y13" s="75"/>
+      <c r="Z13" s="75"/>
+      <c r="AA13" s="75"/>
+      <c r="AB13" s="75"/>
+      <c r="AC13" s="75"/>
+      <c r="AD13" s="75"/>
+      <c r="AE13" s="75"/>
+      <c r="AF13" s="75"/>
+      <c r="AG13" s="75"/>
+      <c r="AH13" s="75"/>
+      <c r="AI13" s="75"/>
+      <c r="AJ13" s="75"/>
+      <c r="AK13" s="75"/>
+      <c r="AL13" s="75"/>
+      <c r="AM13" s="75"/>
+      <c r="AN13" s="75"/>
+      <c r="AO13" s="75"/>
+      <c r="AP13" s="75"/>
+      <c r="AQ13" s="76"/>
+      <c r="AS13" s="149"/>
+      <c r="AT13" s="150"/>
+      <c r="AU13" s="150"/>
+      <c r="AV13" s="150"/>
+      <c r="AW13" s="150"/>
+      <c r="AX13" s="150"/>
+      <c r="AY13" s="150"/>
+      <c r="AZ13" s="150"/>
+      <c r="BA13" s="151"/>
+      <c r="BB13" s="43"/>
+      <c r="BC13" s="43"/>
     </row>
     <row r="14" spans="2:57" ht="37.5" customHeight="1" thickBot="1">
-      <c r="B14" s="114" t="s">
+      <c r="B14" s="110" t="s">
         <v>16</v>
       </c>
-      <c r="C14" s="115"/>
-[...2 lines deleted...]
-      <c r="F14" s="116" t="s">
+      <c r="C14" s="111"/>
+      <c r="D14" s="111"/>
+      <c r="E14" s="111"/>
+      <c r="F14" s="112" t="s">
         <v>18</v>
       </c>
-      <c r="G14" s="117"/>
-[...5 lines deleted...]
-      <c r="M14" s="118"/>
+      <c r="G14" s="113"/>
+      <c r="H14" s="113"/>
+      <c r="I14" s="113"/>
+      <c r="J14" s="114"/>
+      <c r="K14" s="114"/>
+      <c r="L14" s="114"/>
+      <c r="M14" s="114"/>
       <c r="N14" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="O14" s="118"/>
-[...2 lines deleted...]
-      <c r="R14" s="118"/>
+      <c r="O14" s="114"/>
+      <c r="P14" s="114"/>
+      <c r="Q14" s="114"/>
+      <c r="R14" s="114"/>
       <c r="S14" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="T14" s="118"/>
-[...3 lines deleted...]
-      <c r="X14" s="120" t="s">
+      <c r="T14" s="114"/>
+      <c r="U14" s="114"/>
+      <c r="V14" s="114"/>
+      <c r="W14" s="115"/>
+      <c r="X14" s="116" t="s">
         <v>19</v>
       </c>
-      <c r="Y14" s="117"/>
-[...5 lines deleted...]
-      <c r="AE14" s="118"/>
+      <c r="Y14" s="113"/>
+      <c r="Z14" s="113"/>
+      <c r="AA14" s="113"/>
+      <c r="AB14" s="114"/>
+      <c r="AC14" s="114"/>
+      <c r="AD14" s="114"/>
+      <c r="AE14" s="114"/>
       <c r="AF14" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="AG14" s="118"/>
-[...2 lines deleted...]
-      <c r="AJ14" s="118"/>
+      <c r="AG14" s="114"/>
+      <c r="AH14" s="114"/>
+      <c r="AI14" s="114"/>
+      <c r="AJ14" s="114"/>
       <c r="AK14" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="AL14" s="118"/>
-[...2 lines deleted...]
-      <c r="AO14" s="118"/>
+      <c r="AL14" s="114"/>
+      <c r="AM14" s="114"/>
+      <c r="AN14" s="114"/>
+      <c r="AO14" s="114"/>
       <c r="AP14" s="22"/>
       <c r="AQ14" s="23"/>
     </row>
     <row r="15" spans="2:57" ht="37.5" customHeight="1" thickBot="1">
-      <c r="B15" s="128" t="s">
+      <c r="B15" s="124" t="s">
         <v>17</v>
       </c>
-      <c r="C15" s="129"/>
-[...39 lines deleted...]
-      <c r="AQ15" s="132"/>
+      <c r="C15" s="125"/>
+      <c r="D15" s="125"/>
+      <c r="E15" s="125"/>
+      <c r="F15" s="126"/>
+      <c r="G15" s="127"/>
+      <c r="H15" s="127"/>
+      <c r="I15" s="127"/>
+      <c r="J15" s="127"/>
+      <c r="K15" s="127"/>
+      <c r="L15" s="127"/>
+      <c r="M15" s="127"/>
+      <c r="N15" s="127"/>
+      <c r="O15" s="127"/>
+      <c r="P15" s="127"/>
+      <c r="Q15" s="127"/>
+      <c r="R15" s="127"/>
+      <c r="S15" s="127"/>
+      <c r="T15" s="127"/>
+      <c r="U15" s="127"/>
+      <c r="V15" s="127"/>
+      <c r="W15" s="127"/>
+      <c r="X15" s="127"/>
+      <c r="Y15" s="127"/>
+      <c r="Z15" s="127"/>
+      <c r="AA15" s="127"/>
+      <c r="AB15" s="127"/>
+      <c r="AC15" s="127"/>
+      <c r="AD15" s="127"/>
+      <c r="AE15" s="127"/>
+      <c r="AF15" s="127"/>
+      <c r="AG15" s="127"/>
+      <c r="AH15" s="127"/>
+      <c r="AI15" s="127"/>
+      <c r="AJ15" s="127"/>
+      <c r="AK15" s="127"/>
+      <c r="AL15" s="127"/>
+      <c r="AM15" s="127"/>
+      <c r="AN15" s="127"/>
+      <c r="AO15" s="127"/>
+      <c r="AP15" s="127"/>
+      <c r="AQ15" s="128"/>
     </row>
     <row r="16" spans="2:57" ht="12" customHeight="1" thickBot="1"/>
-    <row r="17" spans="2:62" s="27" customFormat="1" ht="22.5" customHeight="1">
-      <c r="B17" s="133" t="s">
+    <row r="17" spans="2:62" s="26" customFormat="1" ht="22.5" customHeight="1">
+      <c r="B17" s="129" t="s">
         <v>20</v>
       </c>
-      <c r="C17" s="134"/>
-[...8 lines deleted...]
-      <c r="L17" s="137" t="s">
+      <c r="C17" s="130"/>
+      <c r="D17" s="130"/>
+      <c r="E17" s="131"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="25"/>
+      <c r="H17" s="25"/>
+      <c r="I17" s="25"/>
+      <c r="J17" s="25"/>
+      <c r="K17" s="25"/>
+      <c r="L17" s="133" t="s">
         <v>1</v>
       </c>
-      <c r="M17" s="138"/>
-      <c r="N17" s="138" t="s">
+      <c r="M17" s="134"/>
+      <c r="N17" s="134" t="s">
         <v>6</v>
       </c>
-      <c r="O17" s="138"/>
-[...1 lines deleted...]
-      <c r="Q17" s="140" t="s">
+      <c r="O17" s="134"/>
+      <c r="P17" s="135"/>
+      <c r="Q17" s="136" t="s">
         <v>21</v>
       </c>
-      <c r="R17" s="138"/>
-[...26 lines deleted...]
-      <c r="AS17" s="140" t="s">
+      <c r="R17" s="134"/>
+      <c r="S17" s="134"/>
+      <c r="T17" s="134"/>
+      <c r="U17" s="134"/>
+      <c r="V17" s="134"/>
+      <c r="W17" s="134"/>
+      <c r="X17" s="134"/>
+      <c r="Y17" s="134"/>
+      <c r="Z17" s="134"/>
+      <c r="AA17" s="134"/>
+      <c r="AB17" s="134"/>
+      <c r="AC17" s="134"/>
+      <c r="AD17" s="134"/>
+      <c r="AE17" s="134"/>
+      <c r="AF17" s="134"/>
+      <c r="AG17" s="134"/>
+      <c r="AH17" s="134"/>
+      <c r="AI17" s="134"/>
+      <c r="AJ17" s="134"/>
+      <c r="AK17" s="134"/>
+      <c r="AL17" s="134"/>
+      <c r="AM17" s="134"/>
+      <c r="AN17" s="134"/>
+      <c r="AO17" s="134"/>
+      <c r="AP17" s="134"/>
+      <c r="AQ17" s="134"/>
+      <c r="AR17" s="135"/>
+      <c r="AS17" s="136" t="s">
         <v>22</v>
       </c>
-      <c r="AT17" s="138"/>
-[...7 lines deleted...]
-      <c r="BJ17" s="28"/>
+      <c r="AT17" s="134"/>
+      <c r="AU17" s="164"/>
+      <c r="BD17" s="27"/>
+      <c r="BE17" s="27"/>
+      <c r="BF17" s="27"/>
+      <c r="BG17" s="27"/>
+      <c r="BH17" s="27"/>
+      <c r="BI17" s="27"/>
+      <c r="BJ17" s="27"/>
     </row>
     <row r="18" spans="2:62" ht="45" customHeight="1" thickBot="1">
-      <c r="B18" s="73"/>
-[...3 lines deleted...]
-      <c r="F18" s="170" t="s">
+      <c r="B18" s="69"/>
+      <c r="C18" s="70"/>
+      <c r="D18" s="70"/>
+      <c r="E18" s="132"/>
+      <c r="F18" s="165" t="s">
         <v>125</v>
       </c>
-      <c r="G18" s="171"/>
-[...37 lines deleted...]
-      <c r="AS18" s="179" t="s">
+      <c r="G18" s="166"/>
+      <c r="H18" s="166"/>
+      <c r="I18" s="166"/>
+      <c r="J18" s="166"/>
+      <c r="K18" s="166"/>
+      <c r="L18" s="167"/>
+      <c r="M18" s="168"/>
+      <c r="N18" s="169"/>
+      <c r="O18" s="169"/>
+      <c r="P18" s="170"/>
+      <c r="Q18" s="171"/>
+      <c r="R18" s="172"/>
+      <c r="S18" s="172"/>
+      <c r="T18" s="172"/>
+      <c r="U18" s="172"/>
+      <c r="V18" s="172"/>
+      <c r="W18" s="172"/>
+      <c r="X18" s="172"/>
+      <c r="Y18" s="172"/>
+      <c r="Z18" s="172"/>
+      <c r="AA18" s="172"/>
+      <c r="AB18" s="172"/>
+      <c r="AC18" s="172"/>
+      <c r="AD18" s="172"/>
+      <c r="AE18" s="172"/>
+      <c r="AF18" s="172"/>
+      <c r="AG18" s="172"/>
+      <c r="AH18" s="172"/>
+      <c r="AI18" s="172"/>
+      <c r="AJ18" s="172"/>
+      <c r="AK18" s="172"/>
+      <c r="AL18" s="172"/>
+      <c r="AM18" s="172"/>
+      <c r="AN18" s="172"/>
+      <c r="AO18" s="172"/>
+      <c r="AP18" s="172"/>
+      <c r="AQ18" s="172"/>
+      <c r="AR18" s="173"/>
+      <c r="AS18" s="174" t="s">
         <v>135</v>
       </c>
-      <c r="AT18" s="180"/>
-      <c r="AU18" s="181"/>
+      <c r="AT18" s="175"/>
+      <c r="AU18" s="176"/>
     </row>
     <row r="19" spans="2:62" ht="12.75" customHeight="1" thickBot="1"/>
-    <row r="20" spans="2:62" s="27" customFormat="1" ht="22.5" customHeight="1">
-      <c r="B20" s="189" t="s">
+    <row r="20" spans="2:62" s="26" customFormat="1" ht="22.5" customHeight="1">
+      <c r="B20" s="184" t="s">
         <v>45</v>
       </c>
-      <c r="C20" s="190"/>
-[...4 lines deleted...]
-      <c r="H20" s="137" t="s">
+      <c r="C20" s="185"/>
+      <c r="D20" s="185"/>
+      <c r="E20" s="186"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="25"/>
+      <c r="H20" s="133" t="s">
         <v>1</v>
       </c>
-      <c r="I20" s="138"/>
-      <c r="J20" s="41" t="s">
+      <c r="I20" s="134"/>
+      <c r="J20" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="K20" s="26"/>
-[...2 lines deleted...]
-      <c r="N20" s="137" t="s">
+      <c r="K20" s="25"/>
+      <c r="L20" s="28"/>
+      <c r="M20" s="28"/>
+      <c r="N20" s="133" t="s">
         <v>1</v>
       </c>
-      <c r="O20" s="138"/>
-      <c r="P20" s="41" t="s">
+      <c r="O20" s="134"/>
+      <c r="P20" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="Q20" s="140" t="s">
+      <c r="Q20" s="136" t="s">
         <v>42</v>
       </c>
-      <c r="R20" s="137"/>
-[...26 lines deleted...]
-      <c r="AS20" s="140" t="s">
+      <c r="R20" s="133"/>
+      <c r="S20" s="133"/>
+      <c r="T20" s="133"/>
+      <c r="U20" s="133"/>
+      <c r="V20" s="133"/>
+      <c r="W20" s="133"/>
+      <c r="X20" s="133"/>
+      <c r="Y20" s="133"/>
+      <c r="Z20" s="133"/>
+      <c r="AA20" s="133"/>
+      <c r="AB20" s="133"/>
+      <c r="AC20" s="133"/>
+      <c r="AD20" s="133"/>
+      <c r="AE20" s="133"/>
+      <c r="AF20" s="133"/>
+      <c r="AG20" s="133"/>
+      <c r="AH20" s="133"/>
+      <c r="AI20" s="133"/>
+      <c r="AJ20" s="133"/>
+      <c r="AK20" s="133"/>
+      <c r="AL20" s="133"/>
+      <c r="AM20" s="133"/>
+      <c r="AN20" s="133"/>
+      <c r="AO20" s="133"/>
+      <c r="AP20" s="133"/>
+      <c r="AQ20" s="133"/>
+      <c r="AR20" s="135"/>
+      <c r="AS20" s="136" t="s">
         <v>22</v>
       </c>
-      <c r="AT20" s="138"/>
-[...1 lines deleted...]
-      <c r="AV20" s="140" t="s">
+      <c r="AT20" s="134"/>
+      <c r="AU20" s="135"/>
+      <c r="AV20" s="136" t="s">
         <v>24</v>
       </c>
-      <c r="AW20" s="137"/>
-[...12 lines deleted...]
-      <c r="BJ20" s="28"/>
+      <c r="AW20" s="133"/>
+      <c r="AX20" s="133"/>
+      <c r="AY20" s="133"/>
+      <c r="AZ20" s="133"/>
+      <c r="BA20" s="164"/>
+      <c r="BB20" s="42"/>
+      <c r="BC20" s="42"/>
+      <c r="BD20" s="27"/>
+      <c r="BE20" s="27"/>
+      <c r="BF20" s="27"/>
+      <c r="BG20" s="27"/>
+      <c r="BH20" s="27"/>
+      <c r="BI20" s="27"/>
+      <c r="BJ20" s="27"/>
     </row>
     <row r="21" spans="2:62" ht="45.75" customHeight="1">
-      <c r="B21" s="192"/>
-[...7 lines deleted...]
-      <c r="J21" s="61"/>
+      <c r="B21" s="187"/>
+      <c r="C21" s="188"/>
+      <c r="D21" s="188"/>
+      <c r="E21" s="189"/>
+      <c r="F21" s="120"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="122"/>
+      <c r="I21" s="123"/>
+      <c r="J21" s="58"/>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="L21" s="188"/>
-[...2 lines deleted...]
-      <c r="O21" s="127"/>
+      <c r="L21" s="183"/>
+      <c r="M21" s="121"/>
+      <c r="N21" s="122"/>
+      <c r="O21" s="123"/>
       <c r="P21" s="21"/>
-      <c r="Q21" s="185"/>
-[...35 lines deleted...]
-      <c r="BA21" s="123"/>
+      <c r="Q21" s="180"/>
+      <c r="R21" s="181"/>
+      <c r="S21" s="181"/>
+      <c r="T21" s="181"/>
+      <c r="U21" s="181"/>
+      <c r="V21" s="181"/>
+      <c r="W21" s="181"/>
+      <c r="X21" s="181"/>
+      <c r="Y21" s="181"/>
+      <c r="Z21" s="181"/>
+      <c r="AA21" s="181"/>
+      <c r="AB21" s="181"/>
+      <c r="AC21" s="181"/>
+      <c r="AD21" s="181"/>
+      <c r="AE21" s="181"/>
+      <c r="AF21" s="181"/>
+      <c r="AG21" s="181"/>
+      <c r="AH21" s="181"/>
+      <c r="AI21" s="181"/>
+      <c r="AJ21" s="181"/>
+      <c r="AK21" s="181"/>
+      <c r="AL21" s="181"/>
+      <c r="AM21" s="181"/>
+      <c r="AN21" s="181"/>
+      <c r="AO21" s="181"/>
+      <c r="AP21" s="181"/>
+      <c r="AQ21" s="181"/>
+      <c r="AR21" s="182"/>
+      <c r="AS21" s="177"/>
+      <c r="AT21" s="178"/>
+      <c r="AU21" s="179"/>
+      <c r="AV21" s="117"/>
+      <c r="AW21" s="118"/>
+      <c r="AX21" s="118"/>
+      <c r="AY21" s="118"/>
+      <c r="AZ21" s="118"/>
+      <c r="BA21" s="119"/>
       <c r="BB21" s="15"/>
       <c r="BC21" s="15"/>
     </row>
     <row r="22" spans="2:62" ht="45.75" customHeight="1">
-      <c r="B22" s="192"/>
-[...7 lines deleted...]
-      <c r="J22" s="61"/>
+      <c r="B22" s="187"/>
+      <c r="C22" s="188"/>
+      <c r="D22" s="188"/>
+      <c r="E22" s="189"/>
+      <c r="F22" s="120"/>
+      <c r="G22" s="121"/>
+      <c r="H22" s="122"/>
+      <c r="I22" s="123"/>
+      <c r="J22" s="58"/>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="L22" s="188"/>
-[...2 lines deleted...]
-      <c r="O22" s="127"/>
+      <c r="L22" s="183"/>
+      <c r="M22" s="121"/>
+      <c r="N22" s="122"/>
+      <c r="O22" s="123"/>
       <c r="P22" s="21"/>
-      <c r="Q22" s="185"/>
-[...35 lines deleted...]
-      <c r="BA22" s="123"/>
+      <c r="Q22" s="180"/>
+      <c r="R22" s="181"/>
+      <c r="S22" s="181"/>
+      <c r="T22" s="181"/>
+      <c r="U22" s="181"/>
+      <c r="V22" s="181"/>
+      <c r="W22" s="181"/>
+      <c r="X22" s="181"/>
+      <c r="Y22" s="181"/>
+      <c r="Z22" s="181"/>
+      <c r="AA22" s="181"/>
+      <c r="AB22" s="181"/>
+      <c r="AC22" s="181"/>
+      <c r="AD22" s="181"/>
+      <c r="AE22" s="181"/>
+      <c r="AF22" s="181"/>
+      <c r="AG22" s="181"/>
+      <c r="AH22" s="181"/>
+      <c r="AI22" s="181"/>
+      <c r="AJ22" s="181"/>
+      <c r="AK22" s="181"/>
+      <c r="AL22" s="181"/>
+      <c r="AM22" s="181"/>
+      <c r="AN22" s="181"/>
+      <c r="AO22" s="181"/>
+      <c r="AP22" s="181"/>
+      <c r="AQ22" s="181"/>
+      <c r="AR22" s="182"/>
+      <c r="AS22" s="177"/>
+      <c r="AT22" s="178"/>
+      <c r="AU22" s="179"/>
+      <c r="AV22" s="117"/>
+      <c r="AW22" s="118"/>
+      <c r="AX22" s="118"/>
+      <c r="AY22" s="118"/>
+      <c r="AZ22" s="118"/>
+      <c r="BA22" s="119"/>
       <c r="BB22" s="15"/>
       <c r="BC22" s="15"/>
     </row>
     <row r="23" spans="2:62" ht="45.75" customHeight="1">
-      <c r="B23" s="192"/>
-[...7 lines deleted...]
-      <c r="J23" s="61"/>
+      <c r="B23" s="187"/>
+      <c r="C23" s="188"/>
+      <c r="D23" s="188"/>
+      <c r="E23" s="189"/>
+      <c r="F23" s="120"/>
+      <c r="G23" s="121"/>
+      <c r="H23" s="122"/>
+      <c r="I23" s="123"/>
+      <c r="J23" s="58"/>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="L23" s="188"/>
-[...2 lines deleted...]
-      <c r="O23" s="127"/>
+      <c r="L23" s="183"/>
+      <c r="M23" s="121"/>
+      <c r="N23" s="122"/>
+      <c r="O23" s="123"/>
       <c r="P23" s="21"/>
-      <c r="Q23" s="185"/>
-[...35 lines deleted...]
-      <c r="BA23" s="123"/>
+      <c r="Q23" s="180"/>
+      <c r="R23" s="181"/>
+      <c r="S23" s="181"/>
+      <c r="T23" s="181"/>
+      <c r="U23" s="181"/>
+      <c r="V23" s="181"/>
+      <c r="W23" s="181"/>
+      <c r="X23" s="181"/>
+      <c r="Y23" s="181"/>
+      <c r="Z23" s="181"/>
+      <c r="AA23" s="181"/>
+      <c r="AB23" s="181"/>
+      <c r="AC23" s="181"/>
+      <c r="AD23" s="181"/>
+      <c r="AE23" s="181"/>
+      <c r="AF23" s="181"/>
+      <c r="AG23" s="181"/>
+      <c r="AH23" s="181"/>
+      <c r="AI23" s="181"/>
+      <c r="AJ23" s="181"/>
+      <c r="AK23" s="181"/>
+      <c r="AL23" s="181"/>
+      <c r="AM23" s="181"/>
+      <c r="AN23" s="181"/>
+      <c r="AO23" s="181"/>
+      <c r="AP23" s="181"/>
+      <c r="AQ23" s="181"/>
+      <c r="AR23" s="182"/>
+      <c r="AS23" s="177"/>
+      <c r="AT23" s="178"/>
+      <c r="AU23" s="179"/>
+      <c r="AV23" s="117"/>
+      <c r="AW23" s="118"/>
+      <c r="AX23" s="118"/>
+      <c r="AY23" s="118"/>
+      <c r="AZ23" s="118"/>
+      <c r="BA23" s="119"/>
       <c r="BB23" s="15"/>
       <c r="BC23" s="15"/>
     </row>
     <row r="24" spans="2:62" ht="45.75" customHeight="1">
-      <c r="B24" s="192"/>
-[...7 lines deleted...]
-      <c r="J24" s="61"/>
+      <c r="B24" s="187"/>
+      <c r="C24" s="188"/>
+      <c r="D24" s="188"/>
+      <c r="E24" s="189"/>
+      <c r="F24" s="120"/>
+      <c r="G24" s="121"/>
+      <c r="H24" s="122"/>
+      <c r="I24" s="123"/>
+      <c r="J24" s="58"/>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="L24" s="188"/>
-[...2 lines deleted...]
-      <c r="O24" s="127"/>
+      <c r="L24" s="183"/>
+      <c r="M24" s="121"/>
+      <c r="N24" s="122"/>
+      <c r="O24" s="123"/>
       <c r="P24" s="21"/>
-      <c r="Q24" s="185"/>
-[...35 lines deleted...]
-      <c r="BA24" s="123"/>
+      <c r="Q24" s="180"/>
+      <c r="R24" s="181"/>
+      <c r="S24" s="181"/>
+      <c r="T24" s="181"/>
+      <c r="U24" s="181"/>
+      <c r="V24" s="181"/>
+      <c r="W24" s="181"/>
+      <c r="X24" s="181"/>
+      <c r="Y24" s="181"/>
+      <c r="Z24" s="181"/>
+      <c r="AA24" s="181"/>
+      <c r="AB24" s="181"/>
+      <c r="AC24" s="181"/>
+      <c r="AD24" s="181"/>
+      <c r="AE24" s="181"/>
+      <c r="AF24" s="181"/>
+      <c r="AG24" s="181"/>
+      <c r="AH24" s="181"/>
+      <c r="AI24" s="181"/>
+      <c r="AJ24" s="181"/>
+      <c r="AK24" s="181"/>
+      <c r="AL24" s="181"/>
+      <c r="AM24" s="181"/>
+      <c r="AN24" s="181"/>
+      <c r="AO24" s="181"/>
+      <c r="AP24" s="181"/>
+      <c r="AQ24" s="181"/>
+      <c r="AR24" s="182"/>
+      <c r="AS24" s="177"/>
+      <c r="AT24" s="178"/>
+      <c r="AU24" s="179"/>
+      <c r="AV24" s="117"/>
+      <c r="AW24" s="118"/>
+      <c r="AX24" s="118"/>
+      <c r="AY24" s="118"/>
+      <c r="AZ24" s="118"/>
+      <c r="BA24" s="119"/>
       <c r="BB24" s="15"/>
       <c r="BC24" s="15"/>
     </row>
     <row r="25" spans="2:62" ht="45.75" customHeight="1">
-      <c r="B25" s="192"/>
-[...7 lines deleted...]
-      <c r="J25" s="61"/>
+      <c r="B25" s="187"/>
+      <c r="C25" s="188"/>
+      <c r="D25" s="188"/>
+      <c r="E25" s="189"/>
+      <c r="F25" s="120"/>
+      <c r="G25" s="121"/>
+      <c r="H25" s="122"/>
+      <c r="I25" s="123"/>
+      <c r="J25" s="58"/>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="L25" s="188"/>
-[...2 lines deleted...]
-      <c r="O25" s="127"/>
+      <c r="L25" s="183"/>
+      <c r="M25" s="121"/>
+      <c r="N25" s="122"/>
+      <c r="O25" s="123"/>
       <c r="P25" s="21"/>
-      <c r="Q25" s="185"/>
-[...35 lines deleted...]
-      <c r="BA25" s="123"/>
+      <c r="Q25" s="180"/>
+      <c r="R25" s="181"/>
+      <c r="S25" s="181"/>
+      <c r="T25" s="181"/>
+      <c r="U25" s="181"/>
+      <c r="V25" s="181"/>
+      <c r="W25" s="181"/>
+      <c r="X25" s="181"/>
+      <c r="Y25" s="181"/>
+      <c r="Z25" s="181"/>
+      <c r="AA25" s="181"/>
+      <c r="AB25" s="181"/>
+      <c r="AC25" s="181"/>
+      <c r="AD25" s="181"/>
+      <c r="AE25" s="181"/>
+      <c r="AF25" s="181"/>
+      <c r="AG25" s="181"/>
+      <c r="AH25" s="181"/>
+      <c r="AI25" s="181"/>
+      <c r="AJ25" s="181"/>
+      <c r="AK25" s="181"/>
+      <c r="AL25" s="181"/>
+      <c r="AM25" s="181"/>
+      <c r="AN25" s="181"/>
+      <c r="AO25" s="181"/>
+      <c r="AP25" s="181"/>
+      <c r="AQ25" s="181"/>
+      <c r="AR25" s="182"/>
+      <c r="AS25" s="177"/>
+      <c r="AT25" s="178"/>
+      <c r="AU25" s="179"/>
+      <c r="AV25" s="117"/>
+      <c r="AW25" s="118"/>
+      <c r="AX25" s="118"/>
+      <c r="AY25" s="118"/>
+      <c r="AZ25" s="118"/>
+      <c r="BA25" s="119"/>
       <c r="BB25" s="15"/>
       <c r="BC25" s="15"/>
     </row>
     <row r="26" spans="2:62" ht="45.75" customHeight="1" thickBot="1">
-      <c r="B26" s="195"/>
-[...7 lines deleted...]
-      <c r="J26" s="62"/>
+      <c r="B26" s="190"/>
+      <c r="C26" s="191"/>
+      <c r="D26" s="191"/>
+      <c r="E26" s="192"/>
+      <c r="F26" s="200"/>
+      <c r="G26" s="201"/>
+      <c r="H26" s="167"/>
+      <c r="I26" s="168"/>
+      <c r="J26" s="59"/>
       <c r="K26" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="L26" s="207"/>
-[...40 lines deleted...]
-      <c r="BA26" s="211"/>
+      <c r="L26" s="202"/>
+      <c r="M26" s="201"/>
+      <c r="N26" s="167"/>
+      <c r="O26" s="168"/>
+      <c r="P26" s="35"/>
+      <c r="Q26" s="171"/>
+      <c r="R26" s="172"/>
+      <c r="S26" s="172"/>
+      <c r="T26" s="172"/>
+      <c r="U26" s="172"/>
+      <c r="V26" s="172"/>
+      <c r="W26" s="172"/>
+      <c r="X26" s="172"/>
+      <c r="Y26" s="172"/>
+      <c r="Z26" s="172"/>
+      <c r="AA26" s="172"/>
+      <c r="AB26" s="172"/>
+      <c r="AC26" s="172"/>
+      <c r="AD26" s="172"/>
+      <c r="AE26" s="172"/>
+      <c r="AF26" s="172"/>
+      <c r="AG26" s="172"/>
+      <c r="AH26" s="172"/>
+      <c r="AI26" s="172"/>
+      <c r="AJ26" s="172"/>
+      <c r="AK26" s="172"/>
+      <c r="AL26" s="172"/>
+      <c r="AM26" s="172"/>
+      <c r="AN26" s="172"/>
+      <c r="AO26" s="172"/>
+      <c r="AP26" s="172"/>
+      <c r="AQ26" s="172"/>
+      <c r="AR26" s="173"/>
+      <c r="AS26" s="203"/>
+      <c r="AT26" s="175"/>
+      <c r="AU26" s="204"/>
+      <c r="AV26" s="205"/>
+      <c r="AW26" s="166"/>
+      <c r="AX26" s="166"/>
+      <c r="AY26" s="166"/>
+      <c r="AZ26" s="166"/>
+      <c r="BA26" s="206"/>
       <c r="BB26" s="15"/>
       <c r="BC26" s="15"/>
     </row>
     <row r="27" spans="2:62" ht="12" customHeight="1" thickBot="1"/>
-    <row r="28" spans="2:62" s="27" customFormat="1" ht="23.25" customHeight="1">
-      <c r="B28" s="220" t="s">
+    <row r="28" spans="2:62" s="26" customFormat="1" ht="23.25" customHeight="1">
+      <c r="B28" s="215" t="s">
         <v>25</v>
       </c>
-      <c r="C28" s="165"/>
-[...4 lines deleted...]
-      <c r="H28" s="138" t="s">
+      <c r="C28" s="160"/>
+      <c r="D28" s="160"/>
+      <c r="E28" s="216"/>
+      <c r="F28" s="29"/>
+      <c r="G28" s="28"/>
+      <c r="H28" s="134" t="s">
         <v>1</v>
       </c>
-      <c r="I28" s="138"/>
-      <c r="J28" s="41" t="s">
+      <c r="I28" s="134"/>
+      <c r="J28" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="K28" s="140" t="s">
+      <c r="K28" s="136" t="s">
         <v>26</v>
       </c>
-      <c r="L28" s="138"/>
-[...5 lines deleted...]
-      <c r="R28" s="140" t="s">
+      <c r="L28" s="134"/>
+      <c r="M28" s="134"/>
+      <c r="N28" s="134"/>
+      <c r="O28" s="134"/>
+      <c r="P28" s="134"/>
+      <c r="Q28" s="135"/>
+      <c r="R28" s="136" t="s">
         <v>27</v>
       </c>
-      <c r="S28" s="138"/>
-[...4 lines deleted...]
-      <c r="X28" s="203" t="s">
+      <c r="S28" s="134"/>
+      <c r="T28" s="134"/>
+      <c r="U28" s="134"/>
+      <c r="V28" s="134"/>
+      <c r="W28" s="134"/>
+      <c r="X28" s="198" t="s">
         <v>28</v>
       </c>
-      <c r="Y28" s="203"/>
-[...6 lines deleted...]
-      <c r="AF28" s="138" t="s">
+      <c r="Y28" s="198"/>
+      <c r="Z28" s="198"/>
+      <c r="AA28" s="198"/>
+      <c r="AB28" s="198"/>
+      <c r="AC28" s="199"/>
+      <c r="AD28" s="29"/>
+      <c r="AE28" s="28"/>
+      <c r="AF28" s="134" t="s">
         <v>1</v>
       </c>
-      <c r="AG28" s="138"/>
-      <c r="AH28" s="41" t="s">
+      <c r="AG28" s="134"/>
+      <c r="AH28" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="AI28" s="140" t="s">
+      <c r="AI28" s="136" t="s">
         <v>26</v>
       </c>
-      <c r="AJ28" s="138"/>
-[...5 lines deleted...]
-      <c r="AP28" s="140" t="s">
+      <c r="AJ28" s="134"/>
+      <c r="AK28" s="134"/>
+      <c r="AL28" s="134"/>
+      <c r="AM28" s="134"/>
+      <c r="AN28" s="134"/>
+      <c r="AO28" s="135"/>
+      <c r="AP28" s="136" t="s">
         <v>27</v>
       </c>
-      <c r="AQ28" s="138"/>
-[...4 lines deleted...]
-      <c r="AV28" s="203" t="s">
+      <c r="AQ28" s="134"/>
+      <c r="AR28" s="134"/>
+      <c r="AS28" s="134"/>
+      <c r="AT28" s="134"/>
+      <c r="AU28" s="134"/>
+      <c r="AV28" s="198" t="s">
         <v>28</v>
       </c>
-      <c r="AW28" s="203"/>
-[...12 lines deleted...]
-      <c r="BJ28" s="28"/>
+      <c r="AW28" s="198"/>
+      <c r="AX28" s="198"/>
+      <c r="AY28" s="198"/>
+      <c r="AZ28" s="198"/>
+      <c r="BA28" s="199"/>
+      <c r="BB28" s="42"/>
+      <c r="BC28" s="42"/>
+      <c r="BD28" s="27"/>
+      <c r="BE28" s="27"/>
+      <c r="BF28" s="27"/>
+      <c r="BG28" s="27"/>
+      <c r="BH28" s="27"/>
+      <c r="BI28" s="27"/>
+      <c r="BJ28" s="27"/>
     </row>
     <row r="29" spans="2:62" ht="45.75" customHeight="1" thickBot="1">
-      <c r="B29" s="225"/>
-[...50 lines deleted...]
-      <c r="BA29" s="243"/>
+      <c r="B29" s="220"/>
+      <c r="C29" s="221"/>
+      <c r="D29" s="221"/>
+      <c r="E29" s="222"/>
+      <c r="F29" s="165"/>
+      <c r="G29" s="214"/>
+      <c r="H29" s="196"/>
+      <c r="I29" s="197"/>
+      <c r="J29" s="51"/>
+      <c r="K29" s="193"/>
+      <c r="L29" s="194"/>
+      <c r="M29" s="194"/>
+      <c r="N29" s="194"/>
+      <c r="O29" s="194"/>
+      <c r="P29" s="194"/>
+      <c r="Q29" s="195"/>
+      <c r="R29" s="208"/>
+      <c r="S29" s="209"/>
+      <c r="T29" s="209"/>
+      <c r="U29" s="209"/>
+      <c r="V29" s="209"/>
+      <c r="W29" s="209"/>
+      <c r="X29" s="237"/>
+      <c r="Y29" s="237"/>
+      <c r="Z29" s="237"/>
+      <c r="AA29" s="237"/>
+      <c r="AB29" s="237"/>
+      <c r="AC29" s="238"/>
+      <c r="AD29" s="165"/>
+      <c r="AE29" s="214"/>
+      <c r="AF29" s="196"/>
+      <c r="AG29" s="197"/>
+      <c r="AH29" s="51"/>
+      <c r="AI29" s="193"/>
+      <c r="AJ29" s="194"/>
+      <c r="AK29" s="194"/>
+      <c r="AL29" s="194"/>
+      <c r="AM29" s="194"/>
+      <c r="AN29" s="194"/>
+      <c r="AO29" s="195"/>
+      <c r="AP29" s="208"/>
+      <c r="AQ29" s="209"/>
+      <c r="AR29" s="209"/>
+      <c r="AS29" s="209"/>
+      <c r="AT29" s="209"/>
+      <c r="AU29" s="209"/>
+      <c r="AV29" s="237"/>
+      <c r="AW29" s="237"/>
+      <c r="AX29" s="237"/>
+      <c r="AY29" s="237"/>
+      <c r="AZ29" s="237"/>
+      <c r="BA29" s="238"/>
       <c r="BB29" s="16"/>
       <c r="BC29" s="16"/>
     </row>
     <row r="30" spans="2:62" ht="12" customHeight="1" thickBot="1"/>
-    <row r="31" spans="2:62" s="27" customFormat="1" ht="24" customHeight="1">
-      <c r="B31" s="220" t="s">
+    <row r="31" spans="2:62" s="26" customFormat="1" ht="24" customHeight="1">
+      <c r="B31" s="215" t="s">
         <v>29</v>
       </c>
-      <c r="C31" s="165"/>
-[...4 lines deleted...]
-      <c r="H31" s="138" t="s">
+      <c r="C31" s="160"/>
+      <c r="D31" s="160"/>
+      <c r="E31" s="216"/>
+      <c r="F31" s="29"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="134" t="s">
         <v>1</v>
       </c>
-      <c r="I31" s="138"/>
-      <c r="J31" s="41" t="s">
+      <c r="I31" s="134"/>
+      <c r="J31" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="K31" s="42" t="s">
+      <c r="K31" s="40" t="s">
         <v>3</v>
       </c>
-      <c r="L31" s="140" t="s">
+      <c r="L31" s="136" t="s">
         <v>30</v>
       </c>
-      <c r="M31" s="138"/>
-[...7 lines deleted...]
-      <c r="U31" s="140" t="s">
+      <c r="M31" s="134"/>
+      <c r="N31" s="134"/>
+      <c r="O31" s="134"/>
+      <c r="P31" s="134"/>
+      <c r="Q31" s="134"/>
+      <c r="R31" s="134"/>
+      <c r="S31" s="134"/>
+      <c r="T31" s="135"/>
+      <c r="U31" s="136" t="s">
         <v>32</v>
       </c>
-      <c r="V31" s="138"/>
-[...9 lines deleted...]
-      <c r="AF31" s="138" t="s">
+      <c r="V31" s="134"/>
+      <c r="W31" s="134"/>
+      <c r="X31" s="134"/>
+      <c r="Y31" s="134"/>
+      <c r="Z31" s="134"/>
+      <c r="AA31" s="134"/>
+      <c r="AB31" s="134"/>
+      <c r="AC31" s="164"/>
+      <c r="AD31" s="29"/>
+      <c r="AE31" s="28"/>
+      <c r="AF31" s="134" t="s">
         <v>1</v>
       </c>
-      <c r="AG31" s="138"/>
-      <c r="AH31" s="41" t="s">
+      <c r="AG31" s="134"/>
+      <c r="AH31" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="AI31" s="42" t="s">
+      <c r="AI31" s="40" t="s">
         <v>3</v>
       </c>
-      <c r="AJ31" s="140" t="s">
+      <c r="AJ31" s="136" t="s">
         <v>30</v>
       </c>
-      <c r="AK31" s="138"/>
-[...7 lines deleted...]
-      <c r="AS31" s="140" t="s">
+      <c r="AK31" s="134"/>
+      <c r="AL31" s="134"/>
+      <c r="AM31" s="134"/>
+      <c r="AN31" s="134"/>
+      <c r="AO31" s="134"/>
+      <c r="AP31" s="134"/>
+      <c r="AQ31" s="134"/>
+      <c r="AR31" s="135"/>
+      <c r="AS31" s="136" t="s">
         <v>32</v>
       </c>
-      <c r="AT31" s="138"/>
-[...15 lines deleted...]
-      <c r="BJ31" s="28"/>
+      <c r="AT31" s="134"/>
+      <c r="AU31" s="134"/>
+      <c r="AV31" s="134"/>
+      <c r="AW31" s="134"/>
+      <c r="AX31" s="134"/>
+      <c r="AY31" s="134"/>
+      <c r="AZ31" s="134"/>
+      <c r="BA31" s="164"/>
+      <c r="BB31" s="42"/>
+      <c r="BC31" s="42"/>
+      <c r="BD31" s="27"/>
+      <c r="BE31" s="27"/>
+      <c r="BF31" s="27"/>
+      <c r="BG31" s="27"/>
+      <c r="BH31" s="27"/>
+      <c r="BI31" s="27"/>
+      <c r="BJ31" s="27"/>
     </row>
     <row r="32" spans="2:62" ht="45.75" customHeight="1">
-      <c r="B32" s="222"/>
-[...6 lines deleted...]
-      <c r="I32" s="231"/>
+      <c r="B32" s="217"/>
+      <c r="C32" s="218"/>
+      <c r="D32" s="218"/>
+      <c r="E32" s="219"/>
+      <c r="F32" s="223"/>
+      <c r="G32" s="224"/>
+      <c r="H32" s="225"/>
+      <c r="I32" s="226"/>
       <c r="J32" s="20"/>
-      <c r="K32" s="63"/>
-[...21 lines deleted...]
-      <c r="AG32" s="231"/>
+      <c r="K32" s="60"/>
+      <c r="L32" s="227"/>
+      <c r="M32" s="228"/>
+      <c r="N32" s="228"/>
+      <c r="O32" s="228"/>
+      <c r="P32" s="228"/>
+      <c r="Q32" s="228"/>
+      <c r="R32" s="228"/>
+      <c r="S32" s="228"/>
+      <c r="T32" s="229"/>
+      <c r="U32" s="227"/>
+      <c r="V32" s="228"/>
+      <c r="W32" s="228"/>
+      <c r="X32" s="228"/>
+      <c r="Y32" s="228"/>
+      <c r="Z32" s="228"/>
+      <c r="AA32" s="228"/>
+      <c r="AB32" s="228"/>
+      <c r="AC32" s="230"/>
+      <c r="AD32" s="231"/>
+      <c r="AE32" s="232"/>
+      <c r="AF32" s="225"/>
+      <c r="AG32" s="226"/>
       <c r="AH32" s="20"/>
-      <c r="AI32" s="63"/>
-[...17 lines deleted...]
-      <c r="BA32" s="235"/>
+      <c r="AI32" s="60"/>
+      <c r="AJ32" s="227"/>
+      <c r="AK32" s="228"/>
+      <c r="AL32" s="228"/>
+      <c r="AM32" s="228"/>
+      <c r="AN32" s="228"/>
+      <c r="AO32" s="228"/>
+      <c r="AP32" s="228"/>
+      <c r="AQ32" s="228"/>
+      <c r="AR32" s="229"/>
+      <c r="AS32" s="227"/>
+      <c r="AT32" s="228"/>
+      <c r="AU32" s="228"/>
+      <c r="AV32" s="228"/>
+      <c r="AW32" s="228"/>
+      <c r="AX32" s="228"/>
+      <c r="AY32" s="228"/>
+      <c r="AZ32" s="228"/>
+      <c r="BA32" s="230"/>
       <c r="BB32" s="17"/>
       <c r="BC32" s="17"/>
     </row>
     <row r="33" spans="2:62" ht="45.75" customHeight="1">
-      <c r="B33" s="222"/>
-[...6 lines deleted...]
-      <c r="I33" s="231"/>
+      <c r="B33" s="217"/>
+      <c r="C33" s="218"/>
+      <c r="D33" s="218"/>
+      <c r="E33" s="219"/>
+      <c r="F33" s="223"/>
+      <c r="G33" s="224"/>
+      <c r="H33" s="225"/>
+      <c r="I33" s="226"/>
       <c r="J33" s="20"/>
-      <c r="K33" s="63"/>
-[...21 lines deleted...]
-      <c r="AG33" s="231"/>
+      <c r="K33" s="60"/>
+      <c r="L33" s="227"/>
+      <c r="M33" s="228"/>
+      <c r="N33" s="228"/>
+      <c r="O33" s="228"/>
+      <c r="P33" s="228"/>
+      <c r="Q33" s="228"/>
+      <c r="R33" s="228"/>
+      <c r="S33" s="228"/>
+      <c r="T33" s="229"/>
+      <c r="U33" s="227"/>
+      <c r="V33" s="228"/>
+      <c r="W33" s="228"/>
+      <c r="X33" s="228"/>
+      <c r="Y33" s="228"/>
+      <c r="Z33" s="228"/>
+      <c r="AA33" s="228"/>
+      <c r="AB33" s="228"/>
+      <c r="AC33" s="230"/>
+      <c r="AD33" s="231"/>
+      <c r="AE33" s="232"/>
+      <c r="AF33" s="225"/>
+      <c r="AG33" s="226"/>
       <c r="AH33" s="20"/>
-      <c r="AI33" s="63"/>
-[...17 lines deleted...]
-      <c r="BA33" s="235"/>
+      <c r="AI33" s="60"/>
+      <c r="AJ33" s="227"/>
+      <c r="AK33" s="228"/>
+      <c r="AL33" s="228"/>
+      <c r="AM33" s="228"/>
+      <c r="AN33" s="228"/>
+      <c r="AO33" s="228"/>
+      <c r="AP33" s="228"/>
+      <c r="AQ33" s="228"/>
+      <c r="AR33" s="229"/>
+      <c r="AS33" s="227"/>
+      <c r="AT33" s="228"/>
+      <c r="AU33" s="228"/>
+      <c r="AV33" s="228"/>
+      <c r="AW33" s="228"/>
+      <c r="AX33" s="228"/>
+      <c r="AY33" s="228"/>
+      <c r="AZ33" s="228"/>
+      <c r="BA33" s="230"/>
       <c r="BB33" s="17"/>
       <c r="BC33" s="17"/>
     </row>
     <row r="34" spans="2:62" ht="45.75" customHeight="1" thickBot="1">
-      <c r="B34" s="225"/>
-[...50 lines deleted...]
-      <c r="BA34" s="216"/>
+      <c r="B34" s="220"/>
+      <c r="C34" s="221"/>
+      <c r="D34" s="221"/>
+      <c r="E34" s="222"/>
+      <c r="F34" s="212"/>
+      <c r="G34" s="213"/>
+      <c r="H34" s="196"/>
+      <c r="I34" s="197"/>
+      <c r="J34" s="33"/>
+      <c r="K34" s="61"/>
+      <c r="L34" s="208"/>
+      <c r="M34" s="209"/>
+      <c r="N34" s="209"/>
+      <c r="O34" s="209"/>
+      <c r="P34" s="209"/>
+      <c r="Q34" s="209"/>
+      <c r="R34" s="209"/>
+      <c r="S34" s="209"/>
+      <c r="T34" s="210"/>
+      <c r="U34" s="208"/>
+      <c r="V34" s="209"/>
+      <c r="W34" s="209"/>
+      <c r="X34" s="209"/>
+      <c r="Y34" s="209"/>
+      <c r="Z34" s="209"/>
+      <c r="AA34" s="209"/>
+      <c r="AB34" s="209"/>
+      <c r="AC34" s="211"/>
+      <c r="AD34" s="165"/>
+      <c r="AE34" s="214"/>
+      <c r="AF34" s="196"/>
+      <c r="AG34" s="197"/>
+      <c r="AH34" s="33"/>
+      <c r="AI34" s="61"/>
+      <c r="AJ34" s="208"/>
+      <c r="AK34" s="209"/>
+      <c r="AL34" s="209"/>
+      <c r="AM34" s="209"/>
+      <c r="AN34" s="209"/>
+      <c r="AO34" s="209"/>
+      <c r="AP34" s="209"/>
+      <c r="AQ34" s="209"/>
+      <c r="AR34" s="210"/>
+      <c r="AS34" s="208"/>
+      <c r="AT34" s="209"/>
+      <c r="AU34" s="209"/>
+      <c r="AV34" s="209"/>
+      <c r="AW34" s="209"/>
+      <c r="AX34" s="209"/>
+      <c r="AY34" s="209"/>
+      <c r="AZ34" s="209"/>
+      <c r="BA34" s="211"/>
       <c r="BB34" s="17"/>
       <c r="BC34" s="17"/>
     </row>
     <row r="35" spans="2:62" ht="12" customHeight="1" thickBot="1"/>
     <row r="36" spans="2:62" ht="24.75" customHeight="1">
-      <c r="B36" s="81" t="s">
+      <c r="B36" s="77" t="s">
         <v>147</v>
       </c>
-      <c r="C36" s="82"/>
-[...2 lines deleted...]
-      <c r="F36" s="85" t="s">
+      <c r="C36" s="78"/>
+      <c r="D36" s="78"/>
+      <c r="E36" s="78"/>
+      <c r="F36" s="81" t="s">
         <v>142</v>
       </c>
-      <c r="G36" s="86"/>
-[...45 lines deleted...]
-      <c r="BA36" s="87"/>
+      <c r="G36" s="82"/>
+      <c r="H36" s="82"/>
+      <c r="I36" s="82"/>
+      <c r="J36" s="82"/>
+      <c r="K36" s="82"/>
+      <c r="L36" s="82"/>
+      <c r="M36" s="82"/>
+      <c r="N36" s="82"/>
+      <c r="O36" s="82"/>
+      <c r="P36" s="82"/>
+      <c r="Q36" s="82"/>
+      <c r="R36" s="82"/>
+      <c r="S36" s="82"/>
+      <c r="T36" s="82"/>
+      <c r="U36" s="82"/>
+      <c r="V36" s="82"/>
+      <c r="W36" s="82"/>
+      <c r="X36" s="82"/>
+      <c r="Y36" s="82"/>
+      <c r="Z36" s="82"/>
+      <c r="AA36" s="82"/>
+      <c r="AB36" s="82"/>
+      <c r="AC36" s="82"/>
+      <c r="AD36" s="82"/>
+      <c r="AE36" s="82"/>
+      <c r="AF36" s="82"/>
+      <c r="AG36" s="82"/>
+      <c r="AH36" s="82"/>
+      <c r="AI36" s="82"/>
+      <c r="AJ36" s="82"/>
+      <c r="AK36" s="82"/>
+      <c r="AL36" s="82"/>
+      <c r="AM36" s="82"/>
+      <c r="AN36" s="82"/>
+      <c r="AO36" s="82"/>
+      <c r="AP36" s="82"/>
+      <c r="AQ36" s="82"/>
+      <c r="AR36" s="82"/>
+      <c r="AS36" s="82"/>
+      <c r="AT36" s="82"/>
+      <c r="AU36" s="82"/>
+      <c r="AV36" s="82"/>
+      <c r="AW36" s="82"/>
+      <c r="AX36" s="82"/>
+      <c r="AY36" s="82"/>
+      <c r="AZ36" s="82"/>
+      <c r="BA36" s="83"/>
       <c r="BB36" s="18"/>
       <c r="BC36" s="18"/>
     </row>
     <row r="37" spans="2:62" ht="33" customHeight="1" thickBot="1">
-      <c r="B37" s="83"/>
-[...3 lines deleted...]
-      <c r="F37" s="88" t="s">
+      <c r="B37" s="79"/>
+      <c r="C37" s="80"/>
+      <c r="D37" s="80"/>
+      <c r="E37" s="80"/>
+      <c r="F37" s="84" t="s">
         <v>143</v>
       </c>
-      <c r="G37" s="89"/>
-[...45 lines deleted...]
-      <c r="BA37" s="90"/>
+      <c r="G37" s="85"/>
+      <c r="H37" s="85"/>
+      <c r="I37" s="85"/>
+      <c r="J37" s="85"/>
+      <c r="K37" s="85"/>
+      <c r="L37" s="85"/>
+      <c r="M37" s="85"/>
+      <c r="N37" s="85"/>
+      <c r="O37" s="85"/>
+      <c r="P37" s="85"/>
+      <c r="Q37" s="85"/>
+      <c r="R37" s="85"/>
+      <c r="S37" s="85"/>
+      <c r="T37" s="85"/>
+      <c r="U37" s="85"/>
+      <c r="V37" s="85"/>
+      <c r="W37" s="85"/>
+      <c r="X37" s="85"/>
+      <c r="Y37" s="85"/>
+      <c r="Z37" s="85"/>
+      <c r="AA37" s="85"/>
+      <c r="AB37" s="85"/>
+      <c r="AC37" s="85"/>
+      <c r="AD37" s="85"/>
+      <c r="AE37" s="85"/>
+      <c r="AF37" s="85"/>
+      <c r="AG37" s="85"/>
+      <c r="AH37" s="85"/>
+      <c r="AI37" s="85"/>
+      <c r="AJ37" s="85"/>
+      <c r="AK37" s="85"/>
+      <c r="AL37" s="85"/>
+      <c r="AM37" s="85"/>
+      <c r="AN37" s="85"/>
+      <c r="AO37" s="85"/>
+      <c r="AP37" s="85"/>
+      <c r="AQ37" s="85"/>
+      <c r="AR37" s="85"/>
+      <c r="AS37" s="85"/>
+      <c r="AT37" s="85"/>
+      <c r="AU37" s="85"/>
+      <c r="AV37" s="85"/>
+      <c r="AW37" s="85"/>
+      <c r="AX37" s="85"/>
+      <c r="AY37" s="85"/>
+      <c r="AZ37" s="85"/>
+      <c r="BA37" s="86"/>
       <c r="BB37" s="18"/>
       <c r="BC37" s="18"/>
     </row>
     <row r="38" spans="2:62" ht="12" customHeight="1" thickBot="1"/>
     <row r="39" spans="2:62" ht="24.75" customHeight="1">
-      <c r="B39" s="81" t="s">
+      <c r="B39" s="77" t="s">
         <v>136</v>
       </c>
-      <c r="C39" s="82"/>
-[...2 lines deleted...]
-      <c r="F39" s="85" t="s">
+      <c r="C39" s="78"/>
+      <c r="D39" s="78"/>
+      <c r="E39" s="78"/>
+      <c r="F39" s="81" t="s">
         <v>144</v>
       </c>
-      <c r="G39" s="86"/>
-[...45 lines deleted...]
-      <c r="BA39" s="87"/>
+      <c r="G39" s="82"/>
+      <c r="H39" s="82"/>
+      <c r="I39" s="82"/>
+      <c r="J39" s="82"/>
+      <c r="K39" s="82"/>
+      <c r="L39" s="82"/>
+      <c r="M39" s="82"/>
+      <c r="N39" s="82"/>
+      <c r="O39" s="82"/>
+      <c r="P39" s="82"/>
+      <c r="Q39" s="82"/>
+      <c r="R39" s="82"/>
+      <c r="S39" s="82"/>
+      <c r="T39" s="82"/>
+      <c r="U39" s="82"/>
+      <c r="V39" s="82"/>
+      <c r="W39" s="82"/>
+      <c r="X39" s="82"/>
+      <c r="Y39" s="82"/>
+      <c r="Z39" s="82"/>
+      <c r="AA39" s="82"/>
+      <c r="AB39" s="82"/>
+      <c r="AC39" s="82"/>
+      <c r="AD39" s="82"/>
+      <c r="AE39" s="82"/>
+      <c r="AF39" s="82"/>
+      <c r="AG39" s="82"/>
+      <c r="AH39" s="82"/>
+      <c r="AI39" s="82"/>
+      <c r="AJ39" s="82"/>
+      <c r="AK39" s="82"/>
+      <c r="AL39" s="82"/>
+      <c r="AM39" s="82"/>
+      <c r="AN39" s="82"/>
+      <c r="AO39" s="82"/>
+      <c r="AP39" s="82"/>
+      <c r="AQ39" s="82"/>
+      <c r="AR39" s="82"/>
+      <c r="AS39" s="82"/>
+      <c r="AT39" s="82"/>
+      <c r="AU39" s="82"/>
+      <c r="AV39" s="82"/>
+      <c r="AW39" s="82"/>
+      <c r="AX39" s="82"/>
+      <c r="AY39" s="82"/>
+      <c r="AZ39" s="82"/>
+      <c r="BA39" s="83"/>
       <c r="BB39" s="18"/>
       <c r="BC39" s="18"/>
     </row>
     <row r="40" spans="2:62" ht="40.5" customHeight="1" thickBot="1">
-      <c r="B40" s="83"/>
-[...3 lines deleted...]
-      <c r="F40" s="88" t="s">
+      <c r="B40" s="79"/>
+      <c r="C40" s="80"/>
+      <c r="D40" s="80"/>
+      <c r="E40" s="80"/>
+      <c r="F40" s="84" t="s">
         <v>146</v>
       </c>
-      <c r="G40" s="89"/>
-[...45 lines deleted...]
-      <c r="BA40" s="90"/>
+      <c r="G40" s="85"/>
+      <c r="H40" s="85"/>
+      <c r="I40" s="85"/>
+      <c r="J40" s="85"/>
+      <c r="K40" s="85"/>
+      <c r="L40" s="85"/>
+      <c r="M40" s="85"/>
+      <c r="N40" s="85"/>
+      <c r="O40" s="85"/>
+      <c r="P40" s="85"/>
+      <c r="Q40" s="85"/>
+      <c r="R40" s="85"/>
+      <c r="S40" s="85"/>
+      <c r="T40" s="85"/>
+      <c r="U40" s="85"/>
+      <c r="V40" s="85"/>
+      <c r="W40" s="85"/>
+      <c r="X40" s="85"/>
+      <c r="Y40" s="85"/>
+      <c r="Z40" s="85"/>
+      <c r="AA40" s="85"/>
+      <c r="AB40" s="85"/>
+      <c r="AC40" s="85"/>
+      <c r="AD40" s="85"/>
+      <c r="AE40" s="85"/>
+      <c r="AF40" s="85"/>
+      <c r="AG40" s="85"/>
+      <c r="AH40" s="85"/>
+      <c r="AI40" s="85"/>
+      <c r="AJ40" s="85"/>
+      <c r="AK40" s="85"/>
+      <c r="AL40" s="85"/>
+      <c r="AM40" s="85"/>
+      <c r="AN40" s="85"/>
+      <c r="AO40" s="85"/>
+      <c r="AP40" s="85"/>
+      <c r="AQ40" s="85"/>
+      <c r="AR40" s="85"/>
+      <c r="AS40" s="85"/>
+      <c r="AT40" s="85"/>
+      <c r="AU40" s="85"/>
+      <c r="AV40" s="85"/>
+      <c r="AW40" s="85"/>
+      <c r="AX40" s="85"/>
+      <c r="AY40" s="85"/>
+      <c r="AZ40" s="85"/>
+      <c r="BA40" s="86"/>
       <c r="BB40" s="18"/>
       <c r="BC40" s="18"/>
     </row>
-    <row r="41" spans="2:62" s="34" customFormat="1" ht="11.25" customHeight="1" thickBot="1">
-[...51 lines deleted...]
-      <c r="BA41" s="69"/>
+    <row r="41" spans="2:62" ht="11.25" customHeight="1" thickBot="1">
+      <c r="B41" s="64"/>
+      <c r="C41" s="62"/>
+      <c r="D41" s="62"/>
+      <c r="E41" s="62"/>
+      <c r="F41" s="65"/>
+      <c r="G41" s="65"/>
+      <c r="H41" s="65"/>
+      <c r="I41" s="65"/>
+      <c r="J41" s="65"/>
+      <c r="K41" s="65"/>
+      <c r="L41" s="65"/>
+      <c r="M41" s="65"/>
+      <c r="N41" s="65"/>
+      <c r="O41" s="65"/>
+      <c r="P41" s="65"/>
+      <c r="Q41" s="65"/>
+      <c r="R41" s="65"/>
+      <c r="S41" s="65"/>
+      <c r="T41" s="65"/>
+      <c r="U41" s="65"/>
+      <c r="V41" s="65"/>
+      <c r="W41" s="65"/>
+      <c r="X41" s="65"/>
+      <c r="Y41" s="65"/>
+      <c r="Z41" s="65"/>
+      <c r="AA41" s="65"/>
+      <c r="AB41" s="65"/>
+      <c r="AC41" s="65"/>
+      <c r="AD41" s="65"/>
+      <c r="AE41" s="65"/>
+      <c r="AF41" s="65"/>
+      <c r="AG41" s="65"/>
+      <c r="AH41" s="65"/>
+      <c r="AI41" s="65"/>
+      <c r="AJ41" s="65"/>
+      <c r="AK41" s="65"/>
+      <c r="AL41" s="65"/>
+      <c r="AM41" s="65"/>
+      <c r="AN41" s="65"/>
+      <c r="AO41" s="65"/>
+      <c r="AP41" s="65"/>
+      <c r="AQ41" s="65"/>
+      <c r="AR41" s="65"/>
+      <c r="AS41" s="65"/>
+      <c r="AT41" s="65"/>
+      <c r="AU41" s="65"/>
+      <c r="AV41" s="65"/>
+      <c r="AW41" s="65"/>
+      <c r="AX41" s="65"/>
+      <c r="AY41" s="65"/>
+      <c r="AZ41" s="65"/>
+      <c r="BA41" s="65"/>
       <c r="BB41" s="18"/>
       <c r="BC41" s="18"/>
-      <c r="BD41" s="70"/>
-[...5 lines deleted...]
-      <c r="BJ41" s="70"/>
     </row>
     <row r="42" spans="2:62" ht="27" customHeight="1">
-      <c r="B42" s="238" t="s">
+      <c r="B42" s="233" t="s">
         <v>33</v>
       </c>
-      <c r="C42" s="82"/>
-[...2 lines deleted...]
-      <c r="F42" s="85" t="s">
+      <c r="C42" s="78"/>
+      <c r="D42" s="78"/>
+      <c r="E42" s="78"/>
+      <c r="F42" s="81" t="s">
         <v>145</v>
       </c>
-      <c r="G42" s="86"/>
-[...45 lines deleted...]
-      <c r="BA42" s="87"/>
+      <c r="G42" s="82"/>
+      <c r="H42" s="82"/>
+      <c r="I42" s="82"/>
+      <c r="J42" s="82"/>
+      <c r="K42" s="82"/>
+      <c r="L42" s="82"/>
+      <c r="M42" s="82"/>
+      <c r="N42" s="82"/>
+      <c r="O42" s="82"/>
+      <c r="P42" s="82"/>
+      <c r="Q42" s="82"/>
+      <c r="R42" s="82"/>
+      <c r="S42" s="82"/>
+      <c r="T42" s="82"/>
+      <c r="U42" s="82"/>
+      <c r="V42" s="82"/>
+      <c r="W42" s="82"/>
+      <c r="X42" s="82"/>
+      <c r="Y42" s="82"/>
+      <c r="Z42" s="82"/>
+      <c r="AA42" s="82"/>
+      <c r="AB42" s="82"/>
+      <c r="AC42" s="82"/>
+      <c r="AD42" s="82"/>
+      <c r="AE42" s="82"/>
+      <c r="AF42" s="82"/>
+      <c r="AG42" s="82"/>
+      <c r="AH42" s="82"/>
+      <c r="AI42" s="82"/>
+      <c r="AJ42" s="82"/>
+      <c r="AK42" s="82"/>
+      <c r="AL42" s="82"/>
+      <c r="AM42" s="82"/>
+      <c r="AN42" s="82"/>
+      <c r="AO42" s="82"/>
+      <c r="AP42" s="82"/>
+      <c r="AQ42" s="82"/>
+      <c r="AR42" s="82"/>
+      <c r="AS42" s="82"/>
+      <c r="AT42" s="82"/>
+      <c r="AU42" s="82"/>
+      <c r="AV42" s="82"/>
+      <c r="AW42" s="82"/>
+      <c r="AX42" s="82"/>
+      <c r="AY42" s="82"/>
+      <c r="AZ42" s="82"/>
+      <c r="BA42" s="83"/>
       <c r="BB42" s="18"/>
       <c r="BC42" s="18"/>
     </row>
     <row r="43" spans="2:62" ht="79.5" customHeight="1" thickBot="1">
-      <c r="B43" s="83"/>
-[...50 lines deleted...]
-      <c r="BA43" s="241"/>
+      <c r="B43" s="79"/>
+      <c r="C43" s="80"/>
+      <c r="D43" s="80"/>
+      <c r="E43" s="80"/>
+      <c r="F43" s="234"/>
+      <c r="G43" s="235"/>
+      <c r="H43" s="235"/>
+      <c r="I43" s="235"/>
+      <c r="J43" s="235"/>
+      <c r="K43" s="235"/>
+      <c r="L43" s="235"/>
+      <c r="M43" s="235"/>
+      <c r="N43" s="235"/>
+      <c r="O43" s="235"/>
+      <c r="P43" s="235"/>
+      <c r="Q43" s="235"/>
+      <c r="R43" s="235"/>
+      <c r="S43" s="235"/>
+      <c r="T43" s="235"/>
+      <c r="U43" s="235"/>
+      <c r="V43" s="235"/>
+      <c r="W43" s="235"/>
+      <c r="X43" s="235"/>
+      <c r="Y43" s="235"/>
+      <c r="Z43" s="235"/>
+      <c r="AA43" s="235"/>
+      <c r="AB43" s="235"/>
+      <c r="AC43" s="235"/>
+      <c r="AD43" s="235"/>
+      <c r="AE43" s="235"/>
+      <c r="AF43" s="235"/>
+      <c r="AG43" s="235"/>
+      <c r="AH43" s="235"/>
+      <c r="AI43" s="235"/>
+      <c r="AJ43" s="235"/>
+      <c r="AK43" s="235"/>
+      <c r="AL43" s="235"/>
+      <c r="AM43" s="235"/>
+      <c r="AN43" s="235"/>
+      <c r="AO43" s="235"/>
+      <c r="AP43" s="235"/>
+      <c r="AQ43" s="235"/>
+      <c r="AR43" s="235"/>
+      <c r="AS43" s="235"/>
+      <c r="AT43" s="235"/>
+      <c r="AU43" s="235"/>
+      <c r="AV43" s="235"/>
+      <c r="AW43" s="235"/>
+      <c r="AX43" s="235"/>
+      <c r="AY43" s="235"/>
+      <c r="AZ43" s="235"/>
+      <c r="BA43" s="236"/>
       <c r="BB43" s="18"/>
       <c r="BC43" s="18"/>
     </row>
-    <row r="44" spans="2:62" s="46" customFormat="1" ht="18.75" customHeight="1">
-      <c r="F44" s="46" t="s">
+    <row r="44" spans="2:62" s="44" customFormat="1" ht="18.75" customHeight="1">
+      <c r="F44" s="44" t="s">
         <v>124</v>
       </c>
-      <c r="BD44" s="33"/>
-[...8 lines deleted...]
-      <c r="F45" s="46" t="s">
+      <c r="BD44" s="32"/>
+      <c r="BE44" s="32"/>
+      <c r="BF44" s="32"/>
+      <c r="BG44" s="32"/>
+      <c r="BH44" s="32"/>
+      <c r="BI44" s="32"/>
+      <c r="BJ44" s="32"/>
+    </row>
+    <row r="45" spans="2:62" s="44" customFormat="1" ht="18" customHeight="1">
+      <c r="F45" s="44" t="s">
         <v>148</v>
       </c>
-      <c r="BD45" s="33"/>
-[...14 lines deleted...]
-      <c r="BJ46" s="33"/>
+      <c r="BD45" s="32"/>
+      <c r="BE45" s="32"/>
+      <c r="BF45" s="32"/>
+      <c r="BG45" s="32"/>
+      <c r="BH45" s="32"/>
+      <c r="BI45" s="32"/>
+      <c r="BJ45" s="32"/>
+    </row>
+    <row r="46" spans="2:62" s="44" customFormat="1" ht="12.75" customHeight="1">
+      <c r="BD46" s="32"/>
+      <c r="BE46" s="32"/>
+      <c r="BF46" s="32"/>
+      <c r="BG46" s="32"/>
+      <c r="BH46" s="32"/>
+      <c r="BI46" s="32"/>
+      <c r="BJ46" s="32"/>
     </row>
     <row r="47" spans="2:62">
-      <c r="B47" s="212" t="s">
+      <c r="B47" s="207" t="s">
         <v>34</v>
       </c>
-      <c r="C47" s="212"/>
-[...51 lines deleted...]
-      <c r="BC47" s="43"/>
+      <c r="C47" s="207"/>
+      <c r="D47" s="207"/>
+      <c r="E47" s="207"/>
+      <c r="F47" s="207"/>
+      <c r="G47" s="207"/>
+      <c r="H47" s="207"/>
+      <c r="I47" s="207"/>
+      <c r="J47" s="207"/>
+      <c r="K47" s="207"/>
+      <c r="L47" s="207"/>
+      <c r="M47" s="207"/>
+      <c r="N47" s="207"/>
+      <c r="O47" s="207"/>
+      <c r="P47" s="207"/>
+      <c r="Q47" s="207"/>
+      <c r="R47" s="207"/>
+      <c r="S47" s="207"/>
+      <c r="T47" s="207"/>
+      <c r="U47" s="207"/>
+      <c r="V47" s="207"/>
+      <c r="W47" s="207"/>
+      <c r="X47" s="207"/>
+      <c r="Y47" s="207"/>
+      <c r="Z47" s="207"/>
+      <c r="AA47" s="207"/>
+      <c r="AB47" s="207"/>
+      <c r="AC47" s="207"/>
+      <c r="AD47" s="207"/>
+      <c r="AE47" s="207"/>
+      <c r="AF47" s="207"/>
+      <c r="AG47" s="207"/>
+      <c r="AH47" s="207"/>
+      <c r="AI47" s="207"/>
+      <c r="AJ47" s="207"/>
+      <c r="AK47" s="207"/>
+      <c r="AL47" s="207"/>
+      <c r="AM47" s="207"/>
+      <c r="AN47" s="207"/>
+      <c r="AO47" s="207"/>
+      <c r="AP47" s="207"/>
+      <c r="AQ47" s="207"/>
+      <c r="AR47" s="207"/>
+      <c r="AS47" s="207"/>
+      <c r="AT47" s="207"/>
+      <c r="AU47" s="207"/>
+      <c r="AV47" s="207"/>
+      <c r="AW47" s="207"/>
+      <c r="AX47" s="207"/>
+      <c r="AY47" s="207"/>
+      <c r="AZ47" s="207"/>
+      <c r="BA47" s="207"/>
+      <c r="BB47" s="41"/>
+      <c r="BC47" s="41"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" selectLockedCells="1"/>
   <mergeCells count="156">
     <mergeCell ref="B39:E40"/>
     <mergeCell ref="F39:BA39"/>
     <mergeCell ref="F40:BA40"/>
     <mergeCell ref="B28:E29"/>
     <mergeCell ref="AJ32:AR32"/>
     <mergeCell ref="AS32:BA32"/>
     <mergeCell ref="B42:E43"/>
     <mergeCell ref="F42:BA42"/>
     <mergeCell ref="F43:BA43"/>
     <mergeCell ref="F32:G32"/>
     <mergeCell ref="H32:I32"/>
     <mergeCell ref="L32:T32"/>
     <mergeCell ref="U32:AC32"/>
     <mergeCell ref="AD32:AE32"/>
     <mergeCell ref="AF32:AG32"/>
     <mergeCell ref="AV28:BA28"/>
     <mergeCell ref="F29:G29"/>
     <mergeCell ref="H29:I29"/>
     <mergeCell ref="K29:Q29"/>
     <mergeCell ref="AP29:AU29"/>
     <mergeCell ref="AV29:BA29"/>
@@ -8254,1711 +8189,1675 @@
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AV21:BA26" xr:uid="{073A4574-6AC0-4AB6-A274-A5B6CCC6FFCA}">
       <formula1>"通信課程,夜間課程"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K29:Q29 AI29:AO29" xr:uid="{FA3D31D7-905A-4C20-BC6D-E371ED662A55}">
       <formula1>"修士,博士,M.S.,M.A.,Ph.D,専門職,学士（学位授与機構）,その他"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AM5:AQ8" xr:uid="{2D5C4FED-B166-44BB-B517-CDE454E85286}">
       <formula1>"男,女"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AS18" xr:uid="{78E867C0-EE1B-471F-88BF-0E41E71CEF8D}">
       <formula1>"卒業,卒業見込,退学,退学見込,その他"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F21:F26 L21:L26 F29 AD29 F32:F34 AD32:AD34 F18:K18" xr:uid="{409A00A2-25D1-40EF-8EF6-32AB17926FFB}">
       <formula1>"昭和,平成,令和"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.31496062992125984" right="0.15748031496062992" top="0.62992125984251968" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="60" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B1:AX45"/>
+  <dimension ref="B1:AX40"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="BK18" sqref="BK18"/>
+    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="B37" sqref="B37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.125" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="5" style="1" width="3.125"/>
-[...3 lines deleted...]
-    <col min="13" max="16384" style="1" width="3.125"/>
+    <col min="1" max="5" width="3.125" style="1"/>
+    <col min="6" max="7" width="3.75" style="1" customWidth="1"/>
+    <col min="8" max="11" width="3.125" style="1"/>
+    <col min="12" max="12" width="4" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="3.125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:50">
-      <c r="AT1" s="141" t="s">
+      <c r="AT1" s="137" t="s">
         <v>44</v>
       </c>
-      <c r="AU1" s="141"/>
-[...2 lines deleted...]
-      <c r="AX1" s="141"/>
+      <c r="AU1" s="137"/>
+      <c r="AV1" s="137"/>
+      <c r="AW1" s="137"/>
+      <c r="AX1" s="137"/>
     </row>
     <row r="2" spans="2:50">
-      <c r="AT2" s="141"/>
-[...3 lines deleted...]
-      <c r="AX2" s="141"/>
+      <c r="AT2" s="137"/>
+      <c r="AU2" s="137"/>
+      <c r="AV2" s="137"/>
+      <c r="AW2" s="137"/>
+      <c r="AX2" s="137"/>
     </row>
     <row r="3" spans="2:50" ht="33.75" customHeight="1" thickBot="1">
-      <c r="AG3" s="308" t="s">
+      <c r="AG3" s="298" t="s">
         <v>39</v>
       </c>
-      <c r="AH3" s="309"/>
-[...1 lines deleted...]
-      <c r="AJ3" s="307" t="str">
+      <c r="AH3" s="246"/>
+      <c r="AI3" s="246"/>
+      <c r="AJ3" s="297" t="str">
         <f>IF(履歴書No.１!F5="","",履歴書No.１!F5)</f>
         <v/>
       </c>
-      <c r="AK3" s="307"/>
-[...5 lines deleted...]
-      <c r="AQ3" s="307" t="str">
+      <c r="AK3" s="297"/>
+      <c r="AL3" s="297"/>
+      <c r="AM3" s="297"/>
+      <c r="AN3" s="297"/>
+      <c r="AO3" s="297"/>
+      <c r="AP3" s="297"/>
+      <c r="AQ3" s="297" t="str">
         <f>IF(履歴書No.１!R5="","",履歴書No.１!R5)</f>
         <v/>
       </c>
-      <c r="AR3" s="307"/>
-[...5 lines deleted...]
-      <c r="AX3" s="307"/>
+      <c r="AR3" s="297"/>
+      <c r="AS3" s="297"/>
+      <c r="AT3" s="297"/>
+      <c r="AU3" s="297"/>
+      <c r="AV3" s="297"/>
+      <c r="AW3" s="297"/>
+      <c r="AX3" s="297"/>
     </row>
     <row r="4" spans="2:50" ht="15" thickBot="1">
-      <c r="B4" s="238" t="s">
+      <c r="B4" s="233" t="s">
         <v>35</v>
       </c>
-      <c r="C4" s="82"/>
-[...8 lines deleted...]
-      <c r="L4" s="293"/>
+      <c r="C4" s="78"/>
+      <c r="D4" s="78"/>
+      <c r="E4" s="78"/>
+      <c r="F4" s="78"/>
+      <c r="G4" s="78"/>
+      <c r="H4" s="78"/>
+      <c r="I4" s="78"/>
+      <c r="J4" s="78"/>
+      <c r="K4" s="78"/>
+      <c r="L4" s="286"/>
     </row>
     <row r="5" spans="2:50" ht="24.75" customHeight="1">
-      <c r="B5" s="294"/>
-[...1 lines deleted...]
-      <c r="D5" s="298" t="s">
+      <c r="B5" s="287"/>
+      <c r="C5" s="288"/>
+      <c r="D5" s="288" t="s">
         <v>1</v>
       </c>
-      <c r="E5" s="165"/>
-      <c r="F5" s="165" t="s">
+      <c r="E5" s="160"/>
+      <c r="F5" s="160" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
-      <c r="J5" s="282" t="s">
+      <c r="J5" s="275" t="s">
         <v>1</v>
       </c>
-      <c r="K5" s="282"/>
+      <c r="K5" s="275"/>
       <c r="L5" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="M5" s="289" t="s">
+      <c r="M5" s="282" t="s">
         <v>46</v>
       </c>
-      <c r="N5" s="82"/>
-[...9 lines deleted...]
-      <c r="X5" s="289" t="s">
+      <c r="N5" s="78"/>
+      <c r="O5" s="78"/>
+      <c r="P5" s="78"/>
+      <c r="Q5" s="78"/>
+      <c r="R5" s="78"/>
+      <c r="S5" s="78"/>
+      <c r="T5" s="78"/>
+      <c r="U5" s="78"/>
+      <c r="V5" s="78"/>
+      <c r="W5" s="283"/>
+      <c r="X5" s="282" t="s">
         <v>41</v>
       </c>
-      <c r="Y5" s="82"/>
-[...5 lines deleted...]
-      <c r="AE5" s="289" t="s">
+      <c r="Y5" s="78"/>
+      <c r="Z5" s="78"/>
+      <c r="AA5" s="78"/>
+      <c r="AB5" s="78"/>
+      <c r="AC5" s="78"/>
+      <c r="AD5" s="283"/>
+      <c r="AE5" s="282" t="s">
         <v>37</v>
       </c>
-      <c r="AF5" s="314"/>
-[...14 lines deleted...]
-      <c r="AU5" s="289" t="s">
+      <c r="AF5" s="303"/>
+      <c r="AG5" s="303"/>
+      <c r="AH5" s="303"/>
+      <c r="AI5" s="303"/>
+      <c r="AJ5" s="303"/>
+      <c r="AK5" s="303"/>
+      <c r="AL5" s="303"/>
+      <c r="AM5" s="303"/>
+      <c r="AN5" s="303"/>
+      <c r="AO5" s="303"/>
+      <c r="AP5" s="303"/>
+      <c r="AQ5" s="303"/>
+      <c r="AR5" s="303"/>
+      <c r="AS5" s="303"/>
+      <c r="AT5" s="304"/>
+      <c r="AU5" s="282" t="s">
         <v>36</v>
       </c>
-      <c r="AV5" s="82"/>
-[...1 lines deleted...]
-      <c r="AX5" s="293"/>
+      <c r="AV5" s="78"/>
+      <c r="AW5" s="78"/>
+      <c r="AX5" s="286"/>
     </row>
     <row r="6" spans="2:50" ht="24.75" customHeight="1" thickBot="1">
-      <c r="B6" s="296"/>
-[...4 lines deleted...]
-      <c r="G6" s="226" t="s">
+      <c r="B6" s="289"/>
+      <c r="C6" s="290"/>
+      <c r="D6" s="221"/>
+      <c r="E6" s="221"/>
+      <c r="F6" s="221"/>
+      <c r="G6" s="221" t="s">
         <v>38</v>
       </c>
-      <c r="H6" s="226"/>
-[...41 lines deleted...]
-      <c r="AX6" s="310"/>
+      <c r="H6" s="221"/>
+      <c r="I6" s="221"/>
+      <c r="J6" s="221"/>
+      <c r="K6" s="221"/>
+      <c r="L6" s="281"/>
+      <c r="M6" s="284"/>
+      <c r="N6" s="80"/>
+      <c r="O6" s="80"/>
+      <c r="P6" s="80"/>
+      <c r="Q6" s="80"/>
+      <c r="R6" s="80"/>
+      <c r="S6" s="80"/>
+      <c r="T6" s="80"/>
+      <c r="U6" s="80"/>
+      <c r="V6" s="80"/>
+      <c r="W6" s="285"/>
+      <c r="X6" s="284"/>
+      <c r="Y6" s="80"/>
+      <c r="Z6" s="80"/>
+      <c r="AA6" s="80"/>
+      <c r="AB6" s="80"/>
+      <c r="AC6" s="80"/>
+      <c r="AD6" s="285"/>
+      <c r="AE6" s="305"/>
+      <c r="AF6" s="306"/>
+      <c r="AG6" s="306"/>
+      <c r="AH6" s="306"/>
+      <c r="AI6" s="306"/>
+      <c r="AJ6" s="306"/>
+      <c r="AK6" s="306"/>
+      <c r="AL6" s="306"/>
+      <c r="AM6" s="306"/>
+      <c r="AN6" s="306"/>
+      <c r="AO6" s="306"/>
+      <c r="AP6" s="306"/>
+      <c r="AQ6" s="306"/>
+      <c r="AR6" s="306"/>
+      <c r="AS6" s="306"/>
+      <c r="AT6" s="307"/>
+      <c r="AU6" s="284"/>
+      <c r="AV6" s="80"/>
+      <c r="AW6" s="80"/>
+      <c r="AX6" s="299"/>
     </row>
     <row r="7" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B7" s="283"/>
-[...4 lines deleted...]
-      <c r="G7" s="31" t="s">
+      <c r="B7" s="276"/>
+      <c r="C7" s="277"/>
+      <c r="D7" s="278"/>
+      <c r="E7" s="279"/>
+      <c r="F7" s="52"/>
+      <c r="G7" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="H7" s="287"/>
-[...41 lines deleted...]
-      <c r="AX7" s="313"/>
+      <c r="H7" s="280"/>
+      <c r="I7" s="277"/>
+      <c r="J7" s="278"/>
+      <c r="K7" s="279"/>
+      <c r="L7" s="55"/>
+      <c r="M7" s="272"/>
+      <c r="N7" s="273"/>
+      <c r="O7" s="273"/>
+      <c r="P7" s="273"/>
+      <c r="Q7" s="273"/>
+      <c r="R7" s="273"/>
+      <c r="S7" s="273"/>
+      <c r="T7" s="273"/>
+      <c r="U7" s="273"/>
+      <c r="V7" s="273"/>
+      <c r="W7" s="274"/>
+      <c r="X7" s="272"/>
+      <c r="Y7" s="273"/>
+      <c r="Z7" s="273"/>
+      <c r="AA7" s="273"/>
+      <c r="AB7" s="273"/>
+      <c r="AC7" s="273"/>
+      <c r="AD7" s="274"/>
+      <c r="AE7" s="308"/>
+      <c r="AF7" s="309"/>
+      <c r="AG7" s="309"/>
+      <c r="AH7" s="309"/>
+      <c r="AI7" s="309"/>
+      <c r="AJ7" s="309"/>
+      <c r="AK7" s="309"/>
+      <c r="AL7" s="309"/>
+      <c r="AM7" s="309"/>
+      <c r="AN7" s="309"/>
+      <c r="AO7" s="309"/>
+      <c r="AP7" s="309"/>
+      <c r="AQ7" s="309"/>
+      <c r="AR7" s="309"/>
+      <c r="AS7" s="309"/>
+      <c r="AT7" s="310"/>
+      <c r="AU7" s="300"/>
+      <c r="AV7" s="301"/>
+      <c r="AW7" s="301"/>
+      <c r="AX7" s="302"/>
     </row>
     <row r="8" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B8" s="273"/>
-[...3 lines deleted...]
-      <c r="F8" s="56"/>
+      <c r="B8" s="266"/>
+      <c r="C8" s="262"/>
+      <c r="D8" s="263"/>
+      <c r="E8" s="264"/>
+      <c r="F8" s="53"/>
       <c r="G8" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H8" s="266"/>
-[...41 lines deleted...]
-      <c r="AX8" s="265"/>
+      <c r="H8" s="261"/>
+      <c r="I8" s="262"/>
+      <c r="J8" s="263"/>
+      <c r="K8" s="264"/>
+      <c r="L8" s="56"/>
+      <c r="M8" s="258"/>
+      <c r="N8" s="259"/>
+      <c r="O8" s="259"/>
+      <c r="P8" s="259"/>
+      <c r="Q8" s="259"/>
+      <c r="R8" s="259"/>
+      <c r="S8" s="259"/>
+      <c r="T8" s="259"/>
+      <c r="U8" s="259"/>
+      <c r="V8" s="259"/>
+      <c r="W8" s="265"/>
+      <c r="X8" s="258"/>
+      <c r="Y8" s="259"/>
+      <c r="Z8" s="259"/>
+      <c r="AA8" s="259"/>
+      <c r="AB8" s="259"/>
+      <c r="AC8" s="259"/>
+      <c r="AD8" s="265"/>
+      <c r="AE8" s="252"/>
+      <c r="AF8" s="253"/>
+      <c r="AG8" s="253"/>
+      <c r="AH8" s="253"/>
+      <c r="AI8" s="253"/>
+      <c r="AJ8" s="253"/>
+      <c r="AK8" s="253"/>
+      <c r="AL8" s="253"/>
+      <c r="AM8" s="253"/>
+      <c r="AN8" s="253"/>
+      <c r="AO8" s="253"/>
+      <c r="AP8" s="253"/>
+      <c r="AQ8" s="253"/>
+      <c r="AR8" s="253"/>
+      <c r="AS8" s="253"/>
+      <c r="AT8" s="254"/>
+      <c r="AU8" s="258"/>
+      <c r="AV8" s="259"/>
+      <c r="AW8" s="259"/>
+      <c r="AX8" s="260"/>
     </row>
     <row r="9" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B9" s="273"/>
-[...3 lines deleted...]
-      <c r="F9" s="56"/>
+      <c r="B9" s="266"/>
+      <c r="C9" s="262"/>
+      <c r="D9" s="263"/>
+      <c r="E9" s="264"/>
+      <c r="F9" s="53"/>
       <c r="G9" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H9" s="266"/>
-[...41 lines deleted...]
-      <c r="AX9" s="265"/>
+      <c r="H9" s="261"/>
+      <c r="I9" s="262"/>
+      <c r="J9" s="263"/>
+      <c r="K9" s="264"/>
+      <c r="L9" s="56"/>
+      <c r="M9" s="258"/>
+      <c r="N9" s="259"/>
+      <c r="O9" s="259"/>
+      <c r="P9" s="259"/>
+      <c r="Q9" s="259"/>
+      <c r="R9" s="259"/>
+      <c r="S9" s="259"/>
+      <c r="T9" s="259"/>
+      <c r="U9" s="259"/>
+      <c r="V9" s="259"/>
+      <c r="W9" s="265"/>
+      <c r="X9" s="258"/>
+      <c r="Y9" s="259"/>
+      <c r="Z9" s="259"/>
+      <c r="AA9" s="259"/>
+      <c r="AB9" s="259"/>
+      <c r="AC9" s="259"/>
+      <c r="AD9" s="265"/>
+      <c r="AE9" s="252"/>
+      <c r="AF9" s="253"/>
+      <c r="AG9" s="253"/>
+      <c r="AH9" s="253"/>
+      <c r="AI9" s="253"/>
+      <c r="AJ9" s="253"/>
+      <c r="AK9" s="253"/>
+      <c r="AL9" s="253"/>
+      <c r="AM9" s="253"/>
+      <c r="AN9" s="253"/>
+      <c r="AO9" s="253"/>
+      <c r="AP9" s="253"/>
+      <c r="AQ9" s="253"/>
+      <c r="AR9" s="253"/>
+      <c r="AS9" s="253"/>
+      <c r="AT9" s="254"/>
+      <c r="AU9" s="258"/>
+      <c r="AV9" s="259"/>
+      <c r="AW9" s="259"/>
+      <c r="AX9" s="260"/>
     </row>
     <row r="10" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B10" s="273"/>
-[...3 lines deleted...]
-      <c r="F10" s="56"/>
+      <c r="B10" s="266"/>
+      <c r="C10" s="262"/>
+      <c r="D10" s="263"/>
+      <c r="E10" s="264"/>
+      <c r="F10" s="53"/>
       <c r="G10" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H10" s="266"/>
-[...41 lines deleted...]
-      <c r="AX10" s="265"/>
+      <c r="H10" s="261"/>
+      <c r="I10" s="262"/>
+      <c r="J10" s="263"/>
+      <c r="K10" s="264"/>
+      <c r="L10" s="56"/>
+      <c r="M10" s="258"/>
+      <c r="N10" s="259"/>
+      <c r="O10" s="259"/>
+      <c r="P10" s="259"/>
+      <c r="Q10" s="259"/>
+      <c r="R10" s="259"/>
+      <c r="S10" s="259"/>
+      <c r="T10" s="259"/>
+      <c r="U10" s="259"/>
+      <c r="V10" s="259"/>
+      <c r="W10" s="265"/>
+      <c r="X10" s="258"/>
+      <c r="Y10" s="259"/>
+      <c r="Z10" s="259"/>
+      <c r="AA10" s="259"/>
+      <c r="AB10" s="259"/>
+      <c r="AC10" s="259"/>
+      <c r="AD10" s="265"/>
+      <c r="AE10" s="252"/>
+      <c r="AF10" s="253"/>
+      <c r="AG10" s="253"/>
+      <c r="AH10" s="253"/>
+      <c r="AI10" s="253"/>
+      <c r="AJ10" s="253"/>
+      <c r="AK10" s="253"/>
+      <c r="AL10" s="253"/>
+      <c r="AM10" s="253"/>
+      <c r="AN10" s="253"/>
+      <c r="AO10" s="253"/>
+      <c r="AP10" s="253"/>
+      <c r="AQ10" s="253"/>
+      <c r="AR10" s="253"/>
+      <c r="AS10" s="253"/>
+      <c r="AT10" s="254"/>
+      <c r="AU10" s="258"/>
+      <c r="AV10" s="259"/>
+      <c r="AW10" s="259"/>
+      <c r="AX10" s="260"/>
     </row>
     <row r="11" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B11" s="273"/>
-[...3 lines deleted...]
-      <c r="F11" s="56"/>
+      <c r="B11" s="266"/>
+      <c r="C11" s="262"/>
+      <c r="D11" s="263"/>
+      <c r="E11" s="264"/>
+      <c r="F11" s="53"/>
       <c r="G11" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H11" s="266"/>
-[...41 lines deleted...]
-      <c r="AX11" s="265"/>
+      <c r="H11" s="261"/>
+      <c r="I11" s="262"/>
+      <c r="J11" s="263"/>
+      <c r="K11" s="264"/>
+      <c r="L11" s="56"/>
+      <c r="M11" s="258"/>
+      <c r="N11" s="259"/>
+      <c r="O11" s="259"/>
+      <c r="P11" s="259"/>
+      <c r="Q11" s="259"/>
+      <c r="R11" s="259"/>
+      <c r="S11" s="259"/>
+      <c r="T11" s="259"/>
+      <c r="U11" s="259"/>
+      <c r="V11" s="259"/>
+      <c r="W11" s="265"/>
+      <c r="X11" s="258"/>
+      <c r="Y11" s="259"/>
+      <c r="Z11" s="259"/>
+      <c r="AA11" s="259"/>
+      <c r="AB11" s="259"/>
+      <c r="AC11" s="259"/>
+      <c r="AD11" s="265"/>
+      <c r="AE11" s="252"/>
+      <c r="AF11" s="253"/>
+      <c r="AG11" s="253"/>
+      <c r="AH11" s="253"/>
+      <c r="AI11" s="253"/>
+      <c r="AJ11" s="253"/>
+      <c r="AK11" s="253"/>
+      <c r="AL11" s="253"/>
+      <c r="AM11" s="253"/>
+      <c r="AN11" s="253"/>
+      <c r="AO11" s="253"/>
+      <c r="AP11" s="253"/>
+      <c r="AQ11" s="253"/>
+      <c r="AR11" s="253"/>
+      <c r="AS11" s="253"/>
+      <c r="AT11" s="254"/>
+      <c r="AU11" s="258"/>
+      <c r="AV11" s="259"/>
+      <c r="AW11" s="259"/>
+      <c r="AX11" s="260"/>
     </row>
     <row r="12" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B12" s="273"/>
-[...3 lines deleted...]
-      <c r="F12" s="56"/>
+      <c r="B12" s="266"/>
+      <c r="C12" s="262"/>
+      <c r="D12" s="263"/>
+      <c r="E12" s="264"/>
+      <c r="F12" s="53"/>
       <c r="G12" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H12" s="266"/>
-[...41 lines deleted...]
-      <c r="AX12" s="265"/>
+      <c r="H12" s="261"/>
+      <c r="I12" s="262"/>
+      <c r="J12" s="263"/>
+      <c r="K12" s="264"/>
+      <c r="L12" s="56"/>
+      <c r="M12" s="258"/>
+      <c r="N12" s="259"/>
+      <c r="O12" s="259"/>
+      <c r="P12" s="259"/>
+      <c r="Q12" s="259"/>
+      <c r="R12" s="259"/>
+      <c r="S12" s="259"/>
+      <c r="T12" s="259"/>
+      <c r="U12" s="259"/>
+      <c r="V12" s="259"/>
+      <c r="W12" s="265"/>
+      <c r="X12" s="258"/>
+      <c r="Y12" s="259"/>
+      <c r="Z12" s="259"/>
+      <c r="AA12" s="259"/>
+      <c r="AB12" s="259"/>
+      <c r="AC12" s="259"/>
+      <c r="AD12" s="265"/>
+      <c r="AE12" s="252"/>
+      <c r="AF12" s="253"/>
+      <c r="AG12" s="253"/>
+      <c r="AH12" s="253"/>
+      <c r="AI12" s="253"/>
+      <c r="AJ12" s="253"/>
+      <c r="AK12" s="253"/>
+      <c r="AL12" s="253"/>
+      <c r="AM12" s="253"/>
+      <c r="AN12" s="253"/>
+      <c r="AO12" s="253"/>
+      <c r="AP12" s="253"/>
+      <c r="AQ12" s="253"/>
+      <c r="AR12" s="253"/>
+      <c r="AS12" s="253"/>
+      <c r="AT12" s="254"/>
+      <c r="AU12" s="258"/>
+      <c r="AV12" s="259"/>
+      <c r="AW12" s="259"/>
+      <c r="AX12" s="260"/>
     </row>
     <row r="13" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B13" s="273"/>
-[...3 lines deleted...]
-      <c r="F13" s="56"/>
+      <c r="B13" s="266"/>
+      <c r="C13" s="262"/>
+      <c r="D13" s="263"/>
+      <c r="E13" s="264"/>
+      <c r="F13" s="53"/>
       <c r="G13" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H13" s="266"/>
-[...41 lines deleted...]
-      <c r="AX13" s="265"/>
+      <c r="H13" s="261"/>
+      <c r="I13" s="262"/>
+      <c r="J13" s="263"/>
+      <c r="K13" s="264"/>
+      <c r="L13" s="56"/>
+      <c r="M13" s="258"/>
+      <c r="N13" s="259"/>
+      <c r="O13" s="259"/>
+      <c r="P13" s="259"/>
+      <c r="Q13" s="259"/>
+      <c r="R13" s="259"/>
+      <c r="S13" s="259"/>
+      <c r="T13" s="259"/>
+      <c r="U13" s="259"/>
+      <c r="V13" s="259"/>
+      <c r="W13" s="265"/>
+      <c r="X13" s="258"/>
+      <c r="Y13" s="259"/>
+      <c r="Z13" s="259"/>
+      <c r="AA13" s="259"/>
+      <c r="AB13" s="259"/>
+      <c r="AC13" s="259"/>
+      <c r="AD13" s="265"/>
+      <c r="AE13" s="252"/>
+      <c r="AF13" s="253"/>
+      <c r="AG13" s="253"/>
+      <c r="AH13" s="253"/>
+      <c r="AI13" s="253"/>
+      <c r="AJ13" s="253"/>
+      <c r="AK13" s="253"/>
+      <c r="AL13" s="253"/>
+      <c r="AM13" s="253"/>
+      <c r="AN13" s="253"/>
+      <c r="AO13" s="253"/>
+      <c r="AP13" s="253"/>
+      <c r="AQ13" s="253"/>
+      <c r="AR13" s="253"/>
+      <c r="AS13" s="253"/>
+      <c r="AT13" s="254"/>
+      <c r="AU13" s="258"/>
+      <c r="AV13" s="259"/>
+      <c r="AW13" s="259"/>
+      <c r="AX13" s="260"/>
     </row>
     <row r="14" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B14" s="273"/>
-[...3 lines deleted...]
-      <c r="F14" s="56"/>
+      <c r="B14" s="266"/>
+      <c r="C14" s="262"/>
+      <c r="D14" s="263"/>
+      <c r="E14" s="264"/>
+      <c r="F14" s="53"/>
       <c r="G14" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H14" s="266"/>
-[...41 lines deleted...]
-      <c r="AX14" s="265"/>
+      <c r="H14" s="261"/>
+      <c r="I14" s="262"/>
+      <c r="J14" s="263"/>
+      <c r="K14" s="264"/>
+      <c r="L14" s="56"/>
+      <c r="M14" s="258"/>
+      <c r="N14" s="259"/>
+      <c r="O14" s="259"/>
+      <c r="P14" s="259"/>
+      <c r="Q14" s="259"/>
+      <c r="R14" s="259"/>
+      <c r="S14" s="259"/>
+      <c r="T14" s="259"/>
+      <c r="U14" s="259"/>
+      <c r="V14" s="259"/>
+      <c r="W14" s="265"/>
+      <c r="X14" s="258"/>
+      <c r="Y14" s="259"/>
+      <c r="Z14" s="259"/>
+      <c r="AA14" s="259"/>
+      <c r="AB14" s="259"/>
+      <c r="AC14" s="259"/>
+      <c r="AD14" s="265"/>
+      <c r="AE14" s="252"/>
+      <c r="AF14" s="253"/>
+      <c r="AG14" s="253"/>
+      <c r="AH14" s="253"/>
+      <c r="AI14" s="253"/>
+      <c r="AJ14" s="253"/>
+      <c r="AK14" s="253"/>
+      <c r="AL14" s="253"/>
+      <c r="AM14" s="253"/>
+      <c r="AN14" s="253"/>
+      <c r="AO14" s="253"/>
+      <c r="AP14" s="253"/>
+      <c r="AQ14" s="253"/>
+      <c r="AR14" s="253"/>
+      <c r="AS14" s="253"/>
+      <c r="AT14" s="254"/>
+      <c r="AU14" s="258"/>
+      <c r="AV14" s="259"/>
+      <c r="AW14" s="259"/>
+      <c r="AX14" s="260"/>
     </row>
     <row r="15" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B15" s="273"/>
-[...3 lines deleted...]
-      <c r="F15" s="56"/>
+      <c r="B15" s="266"/>
+      <c r="C15" s="262"/>
+      <c r="D15" s="263"/>
+      <c r="E15" s="264"/>
+      <c r="F15" s="53"/>
       <c r="G15" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H15" s="266"/>
-[...41 lines deleted...]
-      <c r="AX15" s="265"/>
+      <c r="H15" s="261"/>
+      <c r="I15" s="262"/>
+      <c r="J15" s="263"/>
+      <c r="K15" s="264"/>
+      <c r="L15" s="56"/>
+      <c r="M15" s="258"/>
+      <c r="N15" s="259"/>
+      <c r="O15" s="259"/>
+      <c r="P15" s="259"/>
+      <c r="Q15" s="259"/>
+      <c r="R15" s="259"/>
+      <c r="S15" s="259"/>
+      <c r="T15" s="259"/>
+      <c r="U15" s="259"/>
+      <c r="V15" s="259"/>
+      <c r="W15" s="265"/>
+      <c r="X15" s="258"/>
+      <c r="Y15" s="259"/>
+      <c r="Z15" s="259"/>
+      <c r="AA15" s="259"/>
+      <c r="AB15" s="259"/>
+      <c r="AC15" s="259"/>
+      <c r="AD15" s="265"/>
+      <c r="AE15" s="252"/>
+      <c r="AF15" s="253"/>
+      <c r="AG15" s="253"/>
+      <c r="AH15" s="253"/>
+      <c r="AI15" s="253"/>
+      <c r="AJ15" s="253"/>
+      <c r="AK15" s="253"/>
+      <c r="AL15" s="253"/>
+      <c r="AM15" s="253"/>
+      <c r="AN15" s="253"/>
+      <c r="AO15" s="253"/>
+      <c r="AP15" s="253"/>
+      <c r="AQ15" s="253"/>
+      <c r="AR15" s="253"/>
+      <c r="AS15" s="253"/>
+      <c r="AT15" s="254"/>
+      <c r="AU15" s="258"/>
+      <c r="AV15" s="259"/>
+      <c r="AW15" s="259"/>
+      <c r="AX15" s="260"/>
     </row>
     <row r="16" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B16" s="273"/>
-[...3 lines deleted...]
-      <c r="F16" s="56"/>
+      <c r="B16" s="266"/>
+      <c r="C16" s="262"/>
+      <c r="D16" s="263"/>
+      <c r="E16" s="264"/>
+      <c r="F16" s="53"/>
       <c r="G16" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H16" s="266"/>
-[...41 lines deleted...]
-      <c r="AX16" s="265"/>
+      <c r="H16" s="261"/>
+      <c r="I16" s="262"/>
+      <c r="J16" s="263"/>
+      <c r="K16" s="264"/>
+      <c r="L16" s="56"/>
+      <c r="M16" s="258"/>
+      <c r="N16" s="259"/>
+      <c r="O16" s="259"/>
+      <c r="P16" s="259"/>
+      <c r="Q16" s="259"/>
+      <c r="R16" s="259"/>
+      <c r="S16" s="259"/>
+      <c r="T16" s="259"/>
+      <c r="U16" s="259"/>
+      <c r="V16" s="259"/>
+      <c r="W16" s="265"/>
+      <c r="X16" s="258"/>
+      <c r="Y16" s="259"/>
+      <c r="Z16" s="259"/>
+      <c r="AA16" s="259"/>
+      <c r="AB16" s="259"/>
+      <c r="AC16" s="259"/>
+      <c r="AD16" s="265"/>
+      <c r="AE16" s="252"/>
+      <c r="AF16" s="253"/>
+      <c r="AG16" s="253"/>
+      <c r="AH16" s="253"/>
+      <c r="AI16" s="253"/>
+      <c r="AJ16" s="253"/>
+      <c r="AK16" s="253"/>
+      <c r="AL16" s="253"/>
+      <c r="AM16" s="253"/>
+      <c r="AN16" s="253"/>
+      <c r="AO16" s="253"/>
+      <c r="AP16" s="253"/>
+      <c r="AQ16" s="253"/>
+      <c r="AR16" s="253"/>
+      <c r="AS16" s="253"/>
+      <c r="AT16" s="254"/>
+      <c r="AU16" s="258"/>
+      <c r="AV16" s="259"/>
+      <c r="AW16" s="259"/>
+      <c r="AX16" s="260"/>
     </row>
     <row r="17" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B17" s="273"/>
-[...3 lines deleted...]
-      <c r="F17" s="56"/>
+      <c r="B17" s="266"/>
+      <c r="C17" s="262"/>
+      <c r="D17" s="263"/>
+      <c r="E17" s="264"/>
+      <c r="F17" s="53"/>
       <c r="G17" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H17" s="266"/>
-[...41 lines deleted...]
-      <c r="AX17" s="265"/>
+      <c r="H17" s="261"/>
+      <c r="I17" s="262"/>
+      <c r="J17" s="263"/>
+      <c r="K17" s="264"/>
+      <c r="L17" s="56"/>
+      <c r="M17" s="258"/>
+      <c r="N17" s="259"/>
+      <c r="O17" s="259"/>
+      <c r="P17" s="259"/>
+      <c r="Q17" s="259"/>
+      <c r="R17" s="259"/>
+      <c r="S17" s="259"/>
+      <c r="T17" s="259"/>
+      <c r="U17" s="259"/>
+      <c r="V17" s="259"/>
+      <c r="W17" s="265"/>
+      <c r="X17" s="258"/>
+      <c r="Y17" s="259"/>
+      <c r="Z17" s="259"/>
+      <c r="AA17" s="259"/>
+      <c r="AB17" s="259"/>
+      <c r="AC17" s="259"/>
+      <c r="AD17" s="265"/>
+      <c r="AE17" s="252"/>
+      <c r="AF17" s="253"/>
+      <c r="AG17" s="253"/>
+      <c r="AH17" s="253"/>
+      <c r="AI17" s="253"/>
+      <c r="AJ17" s="253"/>
+      <c r="AK17" s="253"/>
+      <c r="AL17" s="253"/>
+      <c r="AM17" s="253"/>
+      <c r="AN17" s="253"/>
+      <c r="AO17" s="253"/>
+      <c r="AP17" s="253"/>
+      <c r="AQ17" s="253"/>
+      <c r="AR17" s="253"/>
+      <c r="AS17" s="253"/>
+      <c r="AT17" s="254"/>
+      <c r="AU17" s="258"/>
+      <c r="AV17" s="259"/>
+      <c r="AW17" s="259"/>
+      <c r="AX17" s="260"/>
     </row>
     <row r="18" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B18" s="273"/>
-[...3 lines deleted...]
-      <c r="F18" s="56"/>
+      <c r="B18" s="266"/>
+      <c r="C18" s="262"/>
+      <c r="D18" s="263"/>
+      <c r="E18" s="264"/>
+      <c r="F18" s="53"/>
       <c r="G18" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H18" s="266"/>
-[...41 lines deleted...]
-      <c r="AX18" s="265"/>
+      <c r="H18" s="261"/>
+      <c r="I18" s="262"/>
+      <c r="J18" s="263"/>
+      <c r="K18" s="264"/>
+      <c r="L18" s="56"/>
+      <c r="M18" s="258"/>
+      <c r="N18" s="259"/>
+      <c r="O18" s="259"/>
+      <c r="P18" s="259"/>
+      <c r="Q18" s="259"/>
+      <c r="R18" s="259"/>
+      <c r="S18" s="259"/>
+      <c r="T18" s="259"/>
+      <c r="U18" s="259"/>
+      <c r="V18" s="259"/>
+      <c r="W18" s="265"/>
+      <c r="X18" s="258"/>
+      <c r="Y18" s="259"/>
+      <c r="Z18" s="259"/>
+      <c r="AA18" s="259"/>
+      <c r="AB18" s="259"/>
+      <c r="AC18" s="259"/>
+      <c r="AD18" s="265"/>
+      <c r="AE18" s="252"/>
+      <c r="AF18" s="253"/>
+      <c r="AG18" s="253"/>
+      <c r="AH18" s="253"/>
+      <c r="AI18" s="253"/>
+      <c r="AJ18" s="253"/>
+      <c r="AK18" s="253"/>
+      <c r="AL18" s="253"/>
+      <c r="AM18" s="253"/>
+      <c r="AN18" s="253"/>
+      <c r="AO18" s="253"/>
+      <c r="AP18" s="253"/>
+      <c r="AQ18" s="253"/>
+      <c r="AR18" s="253"/>
+      <c r="AS18" s="253"/>
+      <c r="AT18" s="254"/>
+      <c r="AU18" s="258"/>
+      <c r="AV18" s="259"/>
+      <c r="AW18" s="259"/>
+      <c r="AX18" s="260"/>
     </row>
     <row r="19" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B19" s="273"/>
-[...3 lines deleted...]
-      <c r="F19" s="56"/>
+      <c r="B19" s="266"/>
+      <c r="C19" s="262"/>
+      <c r="D19" s="263"/>
+      <c r="E19" s="264"/>
+      <c r="F19" s="53"/>
       <c r="G19" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H19" s="266"/>
-[...41 lines deleted...]
-      <c r="AX19" s="265"/>
+      <c r="H19" s="261"/>
+      <c r="I19" s="262"/>
+      <c r="J19" s="263"/>
+      <c r="K19" s="264"/>
+      <c r="L19" s="56"/>
+      <c r="M19" s="258"/>
+      <c r="N19" s="259"/>
+      <c r="O19" s="259"/>
+      <c r="P19" s="259"/>
+      <c r="Q19" s="259"/>
+      <c r="R19" s="259"/>
+      <c r="S19" s="259"/>
+      <c r="T19" s="259"/>
+      <c r="U19" s="259"/>
+      <c r="V19" s="259"/>
+      <c r="W19" s="265"/>
+      <c r="X19" s="258"/>
+      <c r="Y19" s="259"/>
+      <c r="Z19" s="259"/>
+      <c r="AA19" s="259"/>
+      <c r="AB19" s="259"/>
+      <c r="AC19" s="259"/>
+      <c r="AD19" s="265"/>
+      <c r="AE19" s="252"/>
+      <c r="AF19" s="253"/>
+      <c r="AG19" s="253"/>
+      <c r="AH19" s="253"/>
+      <c r="AI19" s="253"/>
+      <c r="AJ19" s="253"/>
+      <c r="AK19" s="253"/>
+      <c r="AL19" s="253"/>
+      <c r="AM19" s="253"/>
+      <c r="AN19" s="253"/>
+      <c r="AO19" s="253"/>
+      <c r="AP19" s="253"/>
+      <c r="AQ19" s="253"/>
+      <c r="AR19" s="253"/>
+      <c r="AS19" s="253"/>
+      <c r="AT19" s="254"/>
+      <c r="AU19" s="258"/>
+      <c r="AV19" s="259"/>
+      <c r="AW19" s="259"/>
+      <c r="AX19" s="260"/>
     </row>
     <row r="20" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B20" s="273"/>
-[...3 lines deleted...]
-      <c r="F20" s="56"/>
+      <c r="B20" s="266"/>
+      <c r="C20" s="262"/>
+      <c r="D20" s="263"/>
+      <c r="E20" s="264"/>
+      <c r="F20" s="53"/>
       <c r="G20" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H20" s="266"/>
-[...41 lines deleted...]
-      <c r="AX20" s="265"/>
+      <c r="H20" s="261"/>
+      <c r="I20" s="262"/>
+      <c r="J20" s="263"/>
+      <c r="K20" s="264"/>
+      <c r="L20" s="56"/>
+      <c r="M20" s="258"/>
+      <c r="N20" s="259"/>
+      <c r="O20" s="259"/>
+      <c r="P20" s="259"/>
+      <c r="Q20" s="259"/>
+      <c r="R20" s="259"/>
+      <c r="S20" s="259"/>
+      <c r="T20" s="259"/>
+      <c r="U20" s="259"/>
+      <c r="V20" s="259"/>
+      <c r="W20" s="265"/>
+      <c r="X20" s="258"/>
+      <c r="Y20" s="259"/>
+      <c r="Z20" s="259"/>
+      <c r="AA20" s="259"/>
+      <c r="AB20" s="259"/>
+      <c r="AC20" s="259"/>
+      <c r="AD20" s="265"/>
+      <c r="AE20" s="252"/>
+      <c r="AF20" s="253"/>
+      <c r="AG20" s="253"/>
+      <c r="AH20" s="253"/>
+      <c r="AI20" s="253"/>
+      <c r="AJ20" s="253"/>
+      <c r="AK20" s="253"/>
+      <c r="AL20" s="253"/>
+      <c r="AM20" s="253"/>
+      <c r="AN20" s="253"/>
+      <c r="AO20" s="253"/>
+      <c r="AP20" s="253"/>
+      <c r="AQ20" s="253"/>
+      <c r="AR20" s="253"/>
+      <c r="AS20" s="253"/>
+      <c r="AT20" s="254"/>
+      <c r="AU20" s="258"/>
+      <c r="AV20" s="259"/>
+      <c r="AW20" s="259"/>
+      <c r="AX20" s="260"/>
     </row>
     <row r="21" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B21" s="273"/>
-[...3 lines deleted...]
-      <c r="F21" s="56"/>
+      <c r="B21" s="266"/>
+      <c r="C21" s="262"/>
+      <c r="D21" s="263"/>
+      <c r="E21" s="264"/>
+      <c r="F21" s="53"/>
       <c r="G21" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="H21" s="266"/>
-[...41 lines deleted...]
-      <c r="AX21" s="265"/>
+      <c r="H21" s="261"/>
+      <c r="I21" s="262"/>
+      <c r="J21" s="263"/>
+      <c r="K21" s="264"/>
+      <c r="L21" s="56"/>
+      <c r="M21" s="258"/>
+      <c r="N21" s="259"/>
+      <c r="O21" s="259"/>
+      <c r="P21" s="259"/>
+      <c r="Q21" s="259"/>
+      <c r="R21" s="259"/>
+      <c r="S21" s="259"/>
+      <c r="T21" s="259"/>
+      <c r="U21" s="259"/>
+      <c r="V21" s="259"/>
+      <c r="W21" s="265"/>
+      <c r="X21" s="258"/>
+      <c r="Y21" s="259"/>
+      <c r="Z21" s="259"/>
+      <c r="AA21" s="259"/>
+      <c r="AB21" s="259"/>
+      <c r="AC21" s="259"/>
+      <c r="AD21" s="265"/>
+      <c r="AE21" s="252"/>
+      <c r="AF21" s="253"/>
+      <c r="AG21" s="253"/>
+      <c r="AH21" s="253"/>
+      <c r="AI21" s="253"/>
+      <c r="AJ21" s="253"/>
+      <c r="AK21" s="253"/>
+      <c r="AL21" s="253"/>
+      <c r="AM21" s="253"/>
+      <c r="AN21" s="253"/>
+      <c r="AO21" s="253"/>
+      <c r="AP21" s="253"/>
+      <c r="AQ21" s="253"/>
+      <c r="AR21" s="253"/>
+      <c r="AS21" s="253"/>
+      <c r="AT21" s="254"/>
+      <c r="AU21" s="258"/>
+      <c r="AV21" s="259"/>
+      <c r="AW21" s="259"/>
+      <c r="AX21" s="260"/>
     </row>
     <row r="22" spans="2:50" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B22" s="277"/>
-[...4 lines deleted...]
-      <c r="G22" s="36" t="s">
+      <c r="B22" s="270"/>
+      <c r="C22" s="271"/>
+      <c r="D22" s="292"/>
+      <c r="E22" s="293"/>
+      <c r="F22" s="54"/>
+      <c r="G22" s="34" t="s">
         <v>23</v>
       </c>
-      <c r="H22" s="304"/>
-[...41 lines deleted...]
-      <c r="AX22" s="276"/>
+      <c r="H22" s="294"/>
+      <c r="I22" s="271"/>
+      <c r="J22" s="292"/>
+      <c r="K22" s="293"/>
+      <c r="L22" s="57"/>
+      <c r="M22" s="267"/>
+      <c r="N22" s="268"/>
+      <c r="O22" s="268"/>
+      <c r="P22" s="268"/>
+      <c r="Q22" s="268"/>
+      <c r="R22" s="268"/>
+      <c r="S22" s="268"/>
+      <c r="T22" s="268"/>
+      <c r="U22" s="268"/>
+      <c r="V22" s="268"/>
+      <c r="W22" s="291"/>
+      <c r="X22" s="267"/>
+      <c r="Y22" s="268"/>
+      <c r="Z22" s="268"/>
+      <c r="AA22" s="268"/>
+      <c r="AB22" s="268"/>
+      <c r="AC22" s="268"/>
+      <c r="AD22" s="291"/>
+      <c r="AE22" s="255"/>
+      <c r="AF22" s="256"/>
+      <c r="AG22" s="256"/>
+      <c r="AH22" s="256"/>
+      <c r="AI22" s="256"/>
+      <c r="AJ22" s="256"/>
+      <c r="AK22" s="256"/>
+      <c r="AL22" s="256"/>
+      <c r="AM22" s="256"/>
+      <c r="AN22" s="256"/>
+      <c r="AO22" s="256"/>
+      <c r="AP22" s="256"/>
+      <c r="AQ22" s="256"/>
+      <c r="AR22" s="256"/>
+      <c r="AS22" s="256"/>
+      <c r="AT22" s="257"/>
+      <c r="AU22" s="267"/>
+      <c r="AV22" s="268"/>
+      <c r="AW22" s="268"/>
+      <c r="AX22" s="269"/>
     </row>
     <row r="23" spans="2:50" ht="21.75" customHeight="1" thickBot="1"/>
     <row r="24" spans="2:50" ht="14.25">
-      <c r="B24" s="81" t="s">
+      <c r="B24" s="77" t="s">
         <v>50</v>
       </c>
-      <c r="C24" s="82"/>
-[...2 lines deleted...]
-      <c r="F24" s="254" t="s">
+      <c r="C24" s="78"/>
+      <c r="D24" s="78"/>
+      <c r="E24" s="78"/>
+      <c r="F24" s="249" t="s">
         <v>51</v>
       </c>
-      <c r="G24" s="255"/>
-[...42 lines deleted...]
-      <c r="AX24" s="256"/>
+      <c r="G24" s="250"/>
+      <c r="H24" s="250"/>
+      <c r="I24" s="250"/>
+      <c r="J24" s="250"/>
+      <c r="K24" s="250"/>
+      <c r="L24" s="250"/>
+      <c r="M24" s="250"/>
+      <c r="N24" s="250"/>
+      <c r="O24" s="250"/>
+      <c r="P24" s="250"/>
+      <c r="Q24" s="250"/>
+      <c r="R24" s="250"/>
+      <c r="S24" s="250"/>
+      <c r="T24" s="250"/>
+      <c r="U24" s="250"/>
+      <c r="V24" s="250"/>
+      <c r="W24" s="250"/>
+      <c r="X24" s="250"/>
+      <c r="Y24" s="250"/>
+      <c r="Z24" s="250"/>
+      <c r="AA24" s="250"/>
+      <c r="AB24" s="250"/>
+      <c r="AC24" s="250"/>
+      <c r="AD24" s="250"/>
+      <c r="AE24" s="250"/>
+      <c r="AF24" s="250"/>
+      <c r="AG24" s="250"/>
+      <c r="AH24" s="250"/>
+      <c r="AI24" s="250"/>
+      <c r="AJ24" s="250"/>
+      <c r="AK24" s="250"/>
+      <c r="AL24" s="250"/>
+      <c r="AM24" s="250"/>
+      <c r="AN24" s="250"/>
+      <c r="AO24" s="250"/>
+      <c r="AP24" s="250"/>
+      <c r="AQ24" s="250"/>
+      <c r="AR24" s="250"/>
+      <c r="AS24" s="250"/>
+      <c r="AT24" s="250"/>
+      <c r="AU24" s="250"/>
+      <c r="AV24" s="250"/>
+      <c r="AW24" s="250"/>
+      <c r="AX24" s="251"/>
     </row>
     <row r="25" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B25" s="250"/>
-[...47 lines deleted...]
-      <c r="AX25" s="246"/>
+      <c r="B25" s="245"/>
+      <c r="C25" s="246"/>
+      <c r="D25" s="246"/>
+      <c r="E25" s="246"/>
+      <c r="F25" s="239"/>
+      <c r="G25" s="240"/>
+      <c r="H25" s="240"/>
+      <c r="I25" s="240"/>
+      <c r="J25" s="240"/>
+      <c r="K25" s="240"/>
+      <c r="L25" s="240"/>
+      <c r="M25" s="240"/>
+      <c r="N25" s="240"/>
+      <c r="O25" s="240"/>
+      <c r="P25" s="240"/>
+      <c r="Q25" s="240"/>
+      <c r="R25" s="240"/>
+      <c r="S25" s="240"/>
+      <c r="T25" s="240"/>
+      <c r="U25" s="240"/>
+      <c r="V25" s="240"/>
+      <c r="W25" s="240"/>
+      <c r="X25" s="240"/>
+      <c r="Y25" s="240"/>
+      <c r="Z25" s="240"/>
+      <c r="AA25" s="240"/>
+      <c r="AB25" s="240"/>
+      <c r="AC25" s="240"/>
+      <c r="AD25" s="240"/>
+      <c r="AE25" s="240"/>
+      <c r="AF25" s="240"/>
+      <c r="AG25" s="240"/>
+      <c r="AH25" s="240"/>
+      <c r="AI25" s="240"/>
+      <c r="AJ25" s="240"/>
+      <c r="AK25" s="240"/>
+      <c r="AL25" s="240"/>
+      <c r="AM25" s="240"/>
+      <c r="AN25" s="240"/>
+      <c r="AO25" s="240"/>
+      <c r="AP25" s="240"/>
+      <c r="AQ25" s="240"/>
+      <c r="AR25" s="240"/>
+      <c r="AS25" s="240"/>
+      <c r="AT25" s="240"/>
+      <c r="AU25" s="240"/>
+      <c r="AV25" s="240"/>
+      <c r="AW25" s="240"/>
+      <c r="AX25" s="241"/>
     </row>
     <row r="26" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B26" s="250"/>
-[...47 lines deleted...]
-      <c r="AX26" s="246"/>
+      <c r="B26" s="245"/>
+      <c r="C26" s="246"/>
+      <c r="D26" s="246"/>
+      <c r="E26" s="246"/>
+      <c r="F26" s="239"/>
+      <c r="G26" s="240"/>
+      <c r="H26" s="240"/>
+      <c r="I26" s="240"/>
+      <c r="J26" s="240"/>
+      <c r="K26" s="240"/>
+      <c r="L26" s="240"/>
+      <c r="M26" s="240"/>
+      <c r="N26" s="240"/>
+      <c r="O26" s="240"/>
+      <c r="P26" s="240"/>
+      <c r="Q26" s="240"/>
+      <c r="R26" s="240"/>
+      <c r="S26" s="240"/>
+      <c r="T26" s="240"/>
+      <c r="U26" s="240"/>
+      <c r="V26" s="240"/>
+      <c r="W26" s="240"/>
+      <c r="X26" s="240"/>
+      <c r="Y26" s="240"/>
+      <c r="Z26" s="240"/>
+      <c r="AA26" s="240"/>
+      <c r="AB26" s="240"/>
+      <c r="AC26" s="240"/>
+      <c r="AD26" s="240"/>
+      <c r="AE26" s="240"/>
+      <c r="AF26" s="240"/>
+      <c r="AG26" s="240"/>
+      <c r="AH26" s="240"/>
+      <c r="AI26" s="240"/>
+      <c r="AJ26" s="240"/>
+      <c r="AK26" s="240"/>
+      <c r="AL26" s="240"/>
+      <c r="AM26" s="240"/>
+      <c r="AN26" s="240"/>
+      <c r="AO26" s="240"/>
+      <c r="AP26" s="240"/>
+      <c r="AQ26" s="240"/>
+      <c r="AR26" s="240"/>
+      <c r="AS26" s="240"/>
+      <c r="AT26" s="240"/>
+      <c r="AU26" s="240"/>
+      <c r="AV26" s="240"/>
+      <c r="AW26" s="240"/>
+      <c r="AX26" s="241"/>
     </row>
     <row r="27" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B27" s="252"/>
-[...47 lines deleted...]
-      <c r="AX27" s="246"/>
+      <c r="B27" s="247"/>
+      <c r="C27" s="246"/>
+      <c r="D27" s="246"/>
+      <c r="E27" s="246"/>
+      <c r="F27" s="239"/>
+      <c r="G27" s="240"/>
+      <c r="H27" s="240"/>
+      <c r="I27" s="240"/>
+      <c r="J27" s="240"/>
+      <c r="K27" s="240"/>
+      <c r="L27" s="240"/>
+      <c r="M27" s="240"/>
+      <c r="N27" s="240"/>
+      <c r="O27" s="240"/>
+      <c r="P27" s="240"/>
+      <c r="Q27" s="240"/>
+      <c r="R27" s="240"/>
+      <c r="S27" s="240"/>
+      <c r="T27" s="240"/>
+      <c r="U27" s="240"/>
+      <c r="V27" s="240"/>
+      <c r="W27" s="240"/>
+      <c r="X27" s="240"/>
+      <c r="Y27" s="240"/>
+      <c r="Z27" s="240"/>
+      <c r="AA27" s="240"/>
+      <c r="AB27" s="240"/>
+      <c r="AC27" s="240"/>
+      <c r="AD27" s="240"/>
+      <c r="AE27" s="240"/>
+      <c r="AF27" s="240"/>
+      <c r="AG27" s="240"/>
+      <c r="AH27" s="240"/>
+      <c r="AI27" s="240"/>
+      <c r="AJ27" s="240"/>
+      <c r="AK27" s="240"/>
+      <c r="AL27" s="240"/>
+      <c r="AM27" s="240"/>
+      <c r="AN27" s="240"/>
+      <c r="AO27" s="240"/>
+      <c r="AP27" s="240"/>
+      <c r="AQ27" s="240"/>
+      <c r="AR27" s="240"/>
+      <c r="AS27" s="240"/>
+      <c r="AT27" s="240"/>
+      <c r="AU27" s="240"/>
+      <c r="AV27" s="240"/>
+      <c r="AW27" s="240"/>
+      <c r="AX27" s="241"/>
     </row>
     <row r="28" spans="2:50" ht="48.75" customHeight="1">
-      <c r="B28" s="252"/>
-[...47 lines deleted...]
-      <c r="AX28" s="246"/>
+      <c r="B28" s="247"/>
+      <c r="C28" s="246"/>
+      <c r="D28" s="246"/>
+      <c r="E28" s="246"/>
+      <c r="F28" s="239"/>
+      <c r="G28" s="240"/>
+      <c r="H28" s="240"/>
+      <c r="I28" s="240"/>
+      <c r="J28" s="240"/>
+      <c r="K28" s="240"/>
+      <c r="L28" s="240"/>
+      <c r="M28" s="240"/>
+      <c r="N28" s="240"/>
+      <c r="O28" s="240"/>
+      <c r="P28" s="240"/>
+      <c r="Q28" s="240"/>
+      <c r="R28" s="240"/>
+      <c r="S28" s="240"/>
+      <c r="T28" s="240"/>
+      <c r="U28" s="240"/>
+      <c r="V28" s="240"/>
+      <c r="W28" s="240"/>
+      <c r="X28" s="240"/>
+      <c r="Y28" s="240"/>
+      <c r="Z28" s="240"/>
+      <c r="AA28" s="240"/>
+      <c r="AB28" s="240"/>
+      <c r="AC28" s="240"/>
+      <c r="AD28" s="240"/>
+      <c r="AE28" s="240"/>
+      <c r="AF28" s="240"/>
+      <c r="AG28" s="240"/>
+      <c r="AH28" s="240"/>
+      <c r="AI28" s="240"/>
+      <c r="AJ28" s="240"/>
+      <c r="AK28" s="240"/>
+      <c r="AL28" s="240"/>
+      <c r="AM28" s="240"/>
+      <c r="AN28" s="240"/>
+      <c r="AO28" s="240"/>
+      <c r="AP28" s="240"/>
+      <c r="AQ28" s="240"/>
+      <c r="AR28" s="240"/>
+      <c r="AS28" s="240"/>
+      <c r="AT28" s="240"/>
+      <c r="AU28" s="240"/>
+      <c r="AV28" s="240"/>
+      <c r="AW28" s="240"/>
+      <c r="AX28" s="241"/>
     </row>
     <row r="29" spans="2:50" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B29" s="253"/>
-[...47 lines deleted...]
-      <c r="AX29" s="249"/>
+      <c r="B29" s="248"/>
+      <c r="C29" s="80"/>
+      <c r="D29" s="80"/>
+      <c r="E29" s="80"/>
+      <c r="F29" s="242"/>
+      <c r="G29" s="243"/>
+      <c r="H29" s="243"/>
+      <c r="I29" s="243"/>
+      <c r="J29" s="243"/>
+      <c r="K29" s="243"/>
+      <c r="L29" s="243"/>
+      <c r="M29" s="243"/>
+      <c r="N29" s="243"/>
+      <c r="O29" s="243"/>
+      <c r="P29" s="243"/>
+      <c r="Q29" s="243"/>
+      <c r="R29" s="243"/>
+      <c r="S29" s="243"/>
+      <c r="T29" s="243"/>
+      <c r="U29" s="243"/>
+      <c r="V29" s="243"/>
+      <c r="W29" s="243"/>
+      <c r="X29" s="243"/>
+      <c r="Y29" s="243"/>
+      <c r="Z29" s="243"/>
+      <c r="AA29" s="243"/>
+      <c r="AB29" s="243"/>
+      <c r="AC29" s="243"/>
+      <c r="AD29" s="243"/>
+      <c r="AE29" s="243"/>
+      <c r="AF29" s="243"/>
+      <c r="AG29" s="243"/>
+      <c r="AH29" s="243"/>
+      <c r="AI29" s="243"/>
+      <c r="AJ29" s="243"/>
+      <c r="AK29" s="243"/>
+      <c r="AL29" s="243"/>
+      <c r="AM29" s="243"/>
+      <c r="AN29" s="243"/>
+      <c r="AO29" s="243"/>
+      <c r="AP29" s="243"/>
+      <c r="AQ29" s="243"/>
+      <c r="AR29" s="243"/>
+      <c r="AS29" s="243"/>
+      <c r="AT29" s="243"/>
+      <c r="AU29" s="243"/>
+      <c r="AV29" s="243"/>
+      <c r="AW29" s="243"/>
+      <c r="AX29" s="244"/>
     </row>
     <row r="30" spans="2:50" ht="23.25" customHeight="1" thickBot="1">
-      <c r="B30" s="65"/>
-[...47 lines deleted...]
-      <c r="AX30" s="66"/>
+      <c r="B30" s="62"/>
+      <c r="C30" s="62"/>
+      <c r="D30" s="62"/>
+      <c r="E30" s="62"/>
+      <c r="F30" s="63"/>
+      <c r="G30" s="63"/>
+      <c r="H30" s="63"/>
+      <c r="I30" s="63"/>
+      <c r="J30" s="63"/>
+      <c r="K30" s="63"/>
+      <c r="L30" s="63"/>
+      <c r="M30" s="63"/>
+      <c r="N30" s="63"/>
+      <c r="O30" s="63"/>
+      <c r="P30" s="63"/>
+      <c r="Q30" s="63"/>
+      <c r="R30" s="63"/>
+      <c r="S30" s="63"/>
+      <c r="T30" s="63"/>
+      <c r="U30" s="63"/>
+      <c r="V30" s="63"/>
+      <c r="W30" s="63"/>
+      <c r="X30" s="63"/>
+      <c r="Y30" s="63"/>
+      <c r="Z30" s="63"/>
+      <c r="AA30" s="63"/>
+      <c r="AB30" s="63"/>
+      <c r="AC30" s="63"/>
+      <c r="AD30" s="63"/>
+      <c r="AE30" s="63"/>
+      <c r="AF30" s="63"/>
+      <c r="AG30" s="63"/>
+      <c r="AH30" s="63"/>
+      <c r="AI30" s="63"/>
+      <c r="AJ30" s="63"/>
+      <c r="AK30" s="63"/>
+      <c r="AL30" s="63"/>
+      <c r="AM30" s="63"/>
+      <c r="AN30" s="63"/>
+      <c r="AO30" s="63"/>
+      <c r="AP30" s="63"/>
+      <c r="AQ30" s="63"/>
+      <c r="AR30" s="63"/>
+      <c r="AS30" s="63"/>
+      <c r="AT30" s="63"/>
+      <c r="AU30" s="63"/>
+      <c r="AV30" s="63"/>
+      <c r="AW30" s="63"/>
+      <c r="AX30" s="63"/>
     </row>
     <row r="31" spans="2:50" ht="45" customHeight="1" thickBot="1">
-      <c r="B31" s="322" t="s">
+      <c r="B31" s="311" t="s">
         <v>137</v>
       </c>
-      <c r="C31" s="117"/>
-[...2 lines deleted...]
-      <c r="F31" s="323" t="s">
+      <c r="C31" s="113"/>
+      <c r="D31" s="113"/>
+      <c r="E31" s="113"/>
+      <c r="F31" s="312" t="s">
         <v>139</v>
       </c>
-      <c r="G31" s="324"/>
-[...8 lines deleted...]
-      <c r="P31" s="324" t="s">
+      <c r="G31" s="313"/>
+      <c r="H31" s="313"/>
+      <c r="I31" s="313"/>
+      <c r="J31" s="313"/>
+      <c r="K31" s="313"/>
+      <c r="L31" s="313"/>
+      <c r="M31" s="313"/>
+      <c r="N31" s="313"/>
+      <c r="O31" s="313"/>
+      <c r="P31" s="313" t="s">
         <v>138</v>
       </c>
-      <c r="Q31" s="324"/>
-[...8 lines deleted...]
-      <c r="Z31" s="324" t="s">
+      <c r="Q31" s="313"/>
+      <c r="R31" s="313"/>
+      <c r="S31" s="313"/>
+      <c r="T31" s="313"/>
+      <c r="U31" s="313"/>
+      <c r="V31" s="313"/>
+      <c r="W31" s="313"/>
+      <c r="X31" s="313"/>
+      <c r="Y31" s="313"/>
+      <c r="Z31" s="313" t="s">
         <v>141</v>
       </c>
-      <c r="AA31" s="324"/>
-[...8 lines deleted...]
-      <c r="AJ31" s="325" t="s">
+      <c r="AA31" s="313"/>
+      <c r="AB31" s="313"/>
+      <c r="AC31" s="313"/>
+      <c r="AD31" s="313"/>
+      <c r="AE31" s="313"/>
+      <c r="AF31" s="313"/>
+      <c r="AG31" s="313"/>
+      <c r="AH31" s="313"/>
+      <c r="AI31" s="313"/>
+      <c r="AJ31" s="314" t="s">
         <v>140</v>
       </c>
-      <c r="AK31" s="325"/>
-[...12 lines deleted...]
-      <c r="AX31" s="326"/>
+      <c r="AK31" s="314"/>
+      <c r="AL31" s="314"/>
+      <c r="AM31" s="314"/>
+      <c r="AN31" s="314"/>
+      <c r="AO31" s="314"/>
+      <c r="AP31" s="314"/>
+      <c r="AQ31" s="314"/>
+      <c r="AR31" s="314"/>
+      <c r="AS31" s="314"/>
+      <c r="AT31" s="314"/>
+      <c r="AU31" s="314"/>
+      <c r="AV31" s="314"/>
+      <c r="AW31" s="314"/>
+      <c r="AX31" s="315"/>
     </row>
     <row r="32" spans="2:50" ht="17.25" customHeight="1">
-      <c r="B32" s="68"/>
-[...47 lines deleted...]
-      <c r="AX32" s="66"/>
+      <c r="B32" s="64"/>
+      <c r="C32" s="62"/>
+      <c r="D32" s="62"/>
+      <c r="E32" s="62"/>
+      <c r="F32" s="63"/>
+      <c r="G32" s="63"/>
+      <c r="H32" s="63"/>
+      <c r="I32" s="63"/>
+      <c r="J32" s="63"/>
+      <c r="K32" s="63"/>
+      <c r="L32" s="63"/>
+      <c r="M32" s="63"/>
+      <c r="N32" s="63"/>
+      <c r="O32" s="63"/>
+      <c r="P32" s="63"/>
+      <c r="Q32" s="63"/>
+      <c r="R32" s="63"/>
+      <c r="S32" s="63"/>
+      <c r="T32" s="63"/>
+      <c r="U32" s="63"/>
+      <c r="V32" s="63"/>
+      <c r="W32" s="63"/>
+      <c r="X32" s="63"/>
+      <c r="Y32" s="63"/>
+      <c r="Z32" s="63"/>
+      <c r="AA32" s="63"/>
+      <c r="AB32" s="63"/>
+      <c r="AC32" s="63"/>
+      <c r="AD32" s="63"/>
+      <c r="AE32" s="63"/>
+      <c r="AF32" s="63"/>
+      <c r="AG32" s="63"/>
+      <c r="AH32" s="63"/>
+      <c r="AI32" s="63"/>
+      <c r="AJ32" s="63"/>
+      <c r="AK32" s="63"/>
+      <c r="AL32" s="63"/>
+      <c r="AM32" s="63"/>
+      <c r="AN32" s="63"/>
+      <c r="AO32" s="63"/>
+      <c r="AP32" s="63"/>
+      <c r="AQ32" s="63"/>
+      <c r="AR32" s="63"/>
+      <c r="AS32" s="63"/>
+      <c r="AT32" s="63"/>
+      <c r="AU32" s="63"/>
+      <c r="AV32" s="63"/>
+      <c r="AW32" s="63"/>
+      <c r="AX32" s="63"/>
     </row>
     <row r="33" spans="2:50" ht="17.25">
       <c r="X33" s="8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="2:50" ht="14.25" customHeight="1">
-      <c r="X35" s="305" t="s">
+      <c r="X35" s="295" t="s">
         <v>127</v>
       </c>
-      <c r="Y35" s="306"/>
-[...2 lines deleted...]
-      <c r="AB35" s="306"/>
+      <c r="Y35" s="296"/>
+      <c r="Z35" s="296"/>
+      <c r="AA35" s="296"/>
+      <c r="AB35" s="296"/>
     </row>
     <row r="36" spans="2:50" ht="14.25" customHeight="1">
-      <c r="B36" s="348" t="s">
-[...6 lines deleted...]
-      <c r="AB36" s="306"/>
+      <c r="B36" s="66"/>
+      <c r="X36" s="296"/>
+      <c r="Y36" s="296"/>
+      <c r="Z36" s="296"/>
+      <c r="AA36" s="296"/>
+      <c r="AB36" s="296"/>
     </row>
     <row r="37" spans="2:50" ht="14.25" customHeight="1">
-      <c r="X37" s="306"/>
-[...3 lines deleted...]
-      <c r="AB37" s="306"/>
+      <c r="X37" s="296"/>
+      <c r="Y37" s="296"/>
+      <c r="Z37" s="296"/>
+      <c r="AA37" s="296"/>
+      <c r="AB37" s="296"/>
     </row>
     <row r="38" spans="2:50" ht="14.25" thickBot="1">
       <c r="Z38" s="7"/>
       <c r="AA38" s="7"/>
       <c r="AB38" s="7"/>
       <c r="AC38" s="7"/>
       <c r="AD38" s="7"/>
       <c r="AE38" s="7"/>
       <c r="AF38" s="7"/>
       <c r="AG38" s="7"/>
       <c r="AH38" s="7"/>
       <c r="AI38" s="7"/>
       <c r="AJ38" s="7"/>
       <c r="AK38" s="7"/>
       <c r="AL38" s="7"/>
       <c r="AM38" s="7"/>
       <c r="AN38" s="7"/>
       <c r="AO38" s="7"/>
       <c r="AP38" s="7"/>
       <c r="AQ38" s="7"/>
       <c r="AR38" s="7"/>
       <c r="AS38" s="7"/>
       <c r="AT38" s="7"/>
       <c r="AU38" s="7"/>
       <c r="AV38" s="7"/>
       <c r="AW38" s="7"/>
       <c r="AX38" s="7"/>
     </row>
     <row r="39" spans="2:50" ht="14.25" thickTop="1"/>
     <row r="40" spans="2:50">
-      <c r="B40" s="212" t="s">
+      <c r="B40" s="207" t="s">
         <v>34</v>
       </c>
-      <c r="C40" s="212"/>
-[...80 lines deleted...]
-      </c>
+      <c r="C40" s="207"/>
+      <c r="D40" s="207"/>
+      <c r="E40" s="207"/>
+      <c r="F40" s="207"/>
+      <c r="G40" s="207"/>
+      <c r="H40" s="207"/>
+      <c r="I40" s="207"/>
+      <c r="J40" s="207"/>
+      <c r="K40" s="207"/>
+      <c r="L40" s="207"/>
+      <c r="M40" s="207"/>
+      <c r="N40" s="207"/>
+      <c r="O40" s="207"/>
+      <c r="P40" s="207"/>
+      <c r="Q40" s="207"/>
+      <c r="R40" s="207"/>
+      <c r="S40" s="207"/>
+      <c r="T40" s="207"/>
+      <c r="U40" s="207"/>
+      <c r="V40" s="207"/>
+      <c r="W40" s="207"/>
+      <c r="X40" s="207"/>
+      <c r="Y40" s="207"/>
+      <c r="Z40" s="207"/>
+      <c r="AA40" s="207"/>
+      <c r="AB40" s="207"/>
+      <c r="AC40" s="207"/>
+      <c r="AD40" s="207"/>
+      <c r="AE40" s="207"/>
+      <c r="AF40" s="207"/>
+      <c r="AG40" s="207"/>
+      <c r="AH40" s="207"/>
+      <c r="AI40" s="207"/>
+      <c r="AJ40" s="207"/>
+      <c r="AK40" s="207"/>
+      <c r="AL40" s="207"/>
+      <c r="AM40" s="207"/>
+      <c r="AN40" s="207"/>
+      <c r="AO40" s="207"/>
+      <c r="AP40" s="207"/>
+      <c r="AQ40" s="207"/>
+      <c r="AR40" s="207"/>
+      <c r="AS40" s="207"/>
+      <c r="AT40" s="207"/>
+      <c r="AU40" s="207"/>
+      <c r="AV40" s="207"/>
+      <c r="AW40" s="207"/>
+      <c r="AX40" s="207"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" selectLockedCells="1"/>
   <mergeCells count="155">
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="F31:I31"/>
     <mergeCell ref="P31:S31"/>
     <mergeCell ref="J31:O31"/>
     <mergeCell ref="T31:Y31"/>
     <mergeCell ref="Z31:AC31"/>
     <mergeCell ref="AD31:AI31"/>
     <mergeCell ref="AJ31:AX31"/>
     <mergeCell ref="B40:AX40"/>
     <mergeCell ref="AT1:AX2"/>
     <mergeCell ref="X35:AB37"/>
     <mergeCell ref="AQ3:AX3"/>
     <mergeCell ref="AJ3:AP3"/>
     <mergeCell ref="AG3:AI3"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="M14:W14"/>
     <mergeCell ref="X14:AD14"/>
     <mergeCell ref="AU12:AX12"/>
     <mergeCell ref="AU11:AX11"/>
     <mergeCell ref="AU10:AX10"/>
@@ -10100,3339 +9999,3338 @@
   <phoneticPr fontId="1"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H7:H22 B7:B22" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"昭和,平成,令和"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.43307086614173229" right="0.15748031496062992" top="0.62992125984251968" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="60" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{254BF70D-A19A-4607-B442-119ED664EC60}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD109"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="A19" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="AS12" sqref="AS12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.75" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" customWidth="true" width="4.125"/>
-[...2 lines deleted...]
-    <col min="31" max="31" customWidth="true" width="3.0"/>
+    <col min="1" max="1" width="4.125" customWidth="1"/>
+    <col min="2" max="29" width="3" customWidth="1"/>
+    <col min="30" max="30" width="16.5" customWidth="1"/>
+    <col min="31" max="31" width="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="25.5" customHeight="1">
-      <c r="A1" s="328" t="s">
+      <c r="A1" s="317" t="s">
         <v>52</v>
       </c>
-      <c r="B1" s="328"/>
-[...27 lines deleted...]
-      <c r="AD1" s="328"/>
+      <c r="B1" s="317"/>
+      <c r="C1" s="317"/>
+      <c r="D1" s="317"/>
+      <c r="E1" s="317"/>
+      <c r="F1" s="317"/>
+      <c r="G1" s="317"/>
+      <c r="H1" s="317"/>
+      <c r="I1" s="317"/>
+      <c r="J1" s="317"/>
+      <c r="K1" s="317"/>
+      <c r="L1" s="317"/>
+      <c r="M1" s="317"/>
+      <c r="N1" s="317"/>
+      <c r="O1" s="317"/>
+      <c r="P1" s="317"/>
+      <c r="Q1" s="317"/>
+      <c r="R1" s="317"/>
+      <c r="S1" s="317"/>
+      <c r="T1" s="317"/>
+      <c r="U1" s="317"/>
+      <c r="V1" s="317"/>
+      <c r="W1" s="317"/>
+      <c r="X1" s="317"/>
+      <c r="Y1" s="317"/>
+      <c r="Z1" s="317"/>
+      <c r="AA1" s="317"/>
+      <c r="AB1" s="317"/>
+      <c r="AC1" s="317"/>
+      <c r="AD1" s="317"/>
     </row>
     <row r="2" spans="1:30" ht="25.5" customHeight="1">
       <c r="Z2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="3" spans="1:30" s="48" customFormat="1" ht="28.5" customHeight="1">
-      <c r="A3" s="47" t="s">
+    <row r="3" spans="1:30" ht="28.5" customHeight="1">
+      <c r="A3" s="45" t="s">
         <v>54</v>
       </c>
-      <c r="B3" s="38"/>
-[...30 lines deleted...]
-      <c r="A4" s="329" t="s">
+      <c r="B3" s="36"/>
+      <c r="C3" s="36"/>
+      <c r="D3" s="36"/>
+      <c r="E3" s="36"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="36"/>
+      <c r="H3" s="36"/>
+      <c r="I3" s="36"/>
+      <c r="J3" s="36"/>
+      <c r="K3" s="36"/>
+      <c r="L3" s="36"/>
+      <c r="M3" s="36"/>
+      <c r="N3" s="36"/>
+      <c r="O3" s="36"/>
+      <c r="P3" s="36"/>
+      <c r="Q3" s="36"/>
+      <c r="R3" s="36"/>
+      <c r="S3" s="36"/>
+      <c r="T3" s="36"/>
+      <c r="U3" s="36"/>
+      <c r="V3" s="36"/>
+      <c r="W3" s="36"/>
+      <c r="X3" s="36"/>
+      <c r="Y3" s="36"/>
+      <c r="Z3" s="36"/>
+      <c r="AA3" s="36"/>
+      <c r="AB3" s="36"/>
+      <c r="AC3" s="36"/>
+      <c r="AD3" s="37"/>
+    </row>
+    <row r="4" spans="1:30" ht="30" customHeight="1">
+      <c r="A4" s="318" t="s">
         <v>128</v>
       </c>
-      <c r="B4" s="330"/>
-[...127 lines deleted...]
-      <c r="A9" s="48" t="s">
+      <c r="B4" s="319"/>
+      <c r="C4" s="319"/>
+      <c r="D4" s="319"/>
+      <c r="E4" s="319"/>
+      <c r="F4" s="319"/>
+      <c r="G4" s="319"/>
+      <c r="H4" s="319"/>
+      <c r="I4" s="319"/>
+      <c r="J4" s="319"/>
+      <c r="K4" s="319"/>
+      <c r="L4" s="319"/>
+      <c r="M4" s="319"/>
+      <c r="N4" s="319"/>
+      <c r="O4" s="319"/>
+      <c r="P4" s="319"/>
+      <c r="Q4" s="319"/>
+      <c r="R4" s="319"/>
+      <c r="S4" s="319"/>
+      <c r="T4" s="319"/>
+      <c r="U4" s="319"/>
+      <c r="V4" s="319"/>
+      <c r="W4" s="319"/>
+      <c r="X4" s="319"/>
+      <c r="Y4" s="319"/>
+      <c r="Z4" s="319"/>
+      <c r="AA4" s="319"/>
+      <c r="AB4" s="319"/>
+      <c r="AC4" s="319"/>
+      <c r="AD4" s="320"/>
+    </row>
+    <row r="5" spans="1:30" ht="30" customHeight="1">
+      <c r="A5" s="321"/>
+      <c r="B5" s="319"/>
+      <c r="C5" s="319"/>
+      <c r="D5" s="319"/>
+      <c r="E5" s="319"/>
+      <c r="F5" s="319"/>
+      <c r="G5" s="319"/>
+      <c r="H5" s="319"/>
+      <c r="I5" s="319"/>
+      <c r="J5" s="319"/>
+      <c r="K5" s="319"/>
+      <c r="L5" s="319"/>
+      <c r="M5" s="319"/>
+      <c r="N5" s="319"/>
+      <c r="O5" s="319"/>
+      <c r="P5" s="319"/>
+      <c r="Q5" s="319"/>
+      <c r="R5" s="319"/>
+      <c r="S5" s="319"/>
+      <c r="T5" s="319"/>
+      <c r="U5" s="319"/>
+      <c r="V5" s="319"/>
+      <c r="W5" s="319"/>
+      <c r="X5" s="319"/>
+      <c r="Y5" s="319"/>
+      <c r="Z5" s="319"/>
+      <c r="AA5" s="319"/>
+      <c r="AB5" s="319"/>
+      <c r="AC5" s="319"/>
+      <c r="AD5" s="320"/>
+    </row>
+    <row r="6" spans="1:30" ht="30" customHeight="1">
+      <c r="A6" s="321"/>
+      <c r="B6" s="319"/>
+      <c r="C6" s="319"/>
+      <c r="D6" s="319"/>
+      <c r="E6" s="319"/>
+      <c r="F6" s="319"/>
+      <c r="G6" s="319"/>
+      <c r="H6" s="319"/>
+      <c r="I6" s="319"/>
+      <c r="J6" s="319"/>
+      <c r="K6" s="319"/>
+      <c r="L6" s="319"/>
+      <c r="M6" s="319"/>
+      <c r="N6" s="319"/>
+      <c r="O6" s="319"/>
+      <c r="P6" s="319"/>
+      <c r="Q6" s="319"/>
+      <c r="R6" s="319"/>
+      <c r="S6" s="319"/>
+      <c r="T6" s="319"/>
+      <c r="U6" s="319"/>
+      <c r="V6" s="319"/>
+      <c r="W6" s="319"/>
+      <c r="X6" s="319"/>
+      <c r="Y6" s="319"/>
+      <c r="Z6" s="319"/>
+      <c r="AA6" s="319"/>
+      <c r="AB6" s="319"/>
+      <c r="AC6" s="319"/>
+      <c r="AD6" s="320"/>
+    </row>
+    <row r="7" spans="1:30" ht="6" customHeight="1">
+      <c r="A7" s="322"/>
+      <c r="B7" s="323"/>
+      <c r="C7" s="323"/>
+      <c r="D7" s="323"/>
+      <c r="E7" s="323"/>
+      <c r="F7" s="323"/>
+      <c r="G7" s="323"/>
+      <c r="H7" s="323"/>
+      <c r="I7" s="323"/>
+      <c r="J7" s="323"/>
+      <c r="K7" s="323"/>
+      <c r="L7" s="323"/>
+      <c r="M7" s="323"/>
+      <c r="N7" s="323"/>
+      <c r="O7" s="323"/>
+      <c r="P7" s="323"/>
+      <c r="Q7" s="323"/>
+      <c r="R7" s="323"/>
+      <c r="S7" s="323"/>
+      <c r="T7" s="323"/>
+      <c r="U7" s="323"/>
+      <c r="V7" s="323"/>
+      <c r="W7" s="323"/>
+      <c r="X7" s="323"/>
+      <c r="Y7" s="323"/>
+      <c r="Z7" s="323"/>
+      <c r="AA7" s="323"/>
+      <c r="AB7" s="323"/>
+      <c r="AC7" s="323"/>
+      <c r="AD7" s="324"/>
+    </row>
+    <row r="9" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A9" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="10" spans="1:30" s="48" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A10" s="49" t="s">
+    <row r="10" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A10" s="46" t="s">
         <v>56</v>
       </c>
-      <c r="B10" s="327" t="s">
+      <c r="B10" s="316" t="s">
         <v>133</v>
       </c>
-      <c r="C10" s="327"/>
-[...61 lines deleted...]
-      <c r="A12" s="49" t="s">
+      <c r="C10" s="316"/>
+      <c r="D10" s="316"/>
+      <c r="E10" s="316"/>
+      <c r="F10" s="316"/>
+      <c r="G10" s="316"/>
+      <c r="H10" s="316"/>
+      <c r="I10" s="316"/>
+      <c r="J10" s="316"/>
+      <c r="K10" s="316"/>
+      <c r="L10" s="316"/>
+      <c r="M10" s="316"/>
+      <c r="N10" s="316"/>
+      <c r="O10" s="316"/>
+      <c r="P10" s="316"/>
+      <c r="Q10" s="316"/>
+      <c r="R10" s="316"/>
+      <c r="S10" s="316"/>
+      <c r="T10" s="316"/>
+      <c r="U10" s="316"/>
+      <c r="V10" s="316"/>
+      <c r="W10" s="316"/>
+      <c r="X10" s="316"/>
+      <c r="Y10" s="316"/>
+      <c r="Z10" s="316"/>
+      <c r="AA10" s="316"/>
+      <c r="AB10" s="316"/>
+      <c r="AC10" s="316"/>
+      <c r="AD10" s="316"/>
+    </row>
+    <row r="11" spans="1:30" ht="12.6" customHeight="1">
+      <c r="A11" s="47"/>
+      <c r="B11" s="316"/>
+      <c r="C11" s="316"/>
+      <c r="D11" s="316"/>
+      <c r="E11" s="316"/>
+      <c r="F11" s="316"/>
+      <c r="G11" s="316"/>
+      <c r="H11" s="316"/>
+      <c r="I11" s="316"/>
+      <c r="J11" s="316"/>
+      <c r="K11" s="316"/>
+      <c r="L11" s="316"/>
+      <c r="M11" s="316"/>
+      <c r="N11" s="316"/>
+      <c r="O11" s="316"/>
+      <c r="P11" s="316"/>
+      <c r="Q11" s="316"/>
+      <c r="R11" s="316"/>
+      <c r="S11" s="316"/>
+      <c r="T11" s="316"/>
+      <c r="U11" s="316"/>
+      <c r="V11" s="316"/>
+      <c r="W11" s="316"/>
+      <c r="X11" s="316"/>
+      <c r="Y11" s="316"/>
+      <c r="Z11" s="316"/>
+      <c r="AA11" s="316"/>
+      <c r="AB11" s="316"/>
+      <c r="AC11" s="316"/>
+      <c r="AD11" s="316"/>
+    </row>
+    <row r="12" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A12" s="46" t="s">
         <v>57</v>
       </c>
-      <c r="B12" s="327" t="s">
+      <c r="B12" s="316" t="s">
         <v>58</v>
       </c>
-      <c r="C12" s="327"/>
-[...29 lines deleted...]
-      <c r="A13" s="49" t="s">
+      <c r="C12" s="316"/>
+      <c r="D12" s="316"/>
+      <c r="E12" s="316"/>
+      <c r="F12" s="316"/>
+      <c r="G12" s="316"/>
+      <c r="H12" s="316"/>
+      <c r="I12" s="316"/>
+      <c r="J12" s="316"/>
+      <c r="K12" s="316"/>
+      <c r="L12" s="316"/>
+      <c r="M12" s="316"/>
+      <c r="N12" s="316"/>
+      <c r="O12" s="316"/>
+      <c r="P12" s="316"/>
+      <c r="Q12" s="316"/>
+      <c r="R12" s="316"/>
+      <c r="S12" s="316"/>
+      <c r="T12" s="316"/>
+      <c r="U12" s="316"/>
+      <c r="V12" s="316"/>
+      <c r="W12" s="316"/>
+      <c r="X12" s="316"/>
+      <c r="Y12" s="316"/>
+      <c r="Z12" s="316"/>
+      <c r="AA12" s="316"/>
+      <c r="AB12" s="316"/>
+      <c r="AC12" s="316"/>
+      <c r="AD12" s="316"/>
+    </row>
+    <row r="13" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A13" s="46" t="s">
         <v>59</v>
       </c>
-      <c r="B13" s="327" t="s">
+      <c r="B13" s="316" t="s">
         <v>60</v>
       </c>
-      <c r="C13" s="327"/>
-[...32 lines deleted...]
-      <c r="A15" s="48" t="s">
+      <c r="C13" s="316"/>
+      <c r="D13" s="316"/>
+      <c r="E13" s="316"/>
+      <c r="F13" s="316"/>
+      <c r="G13" s="316"/>
+      <c r="H13" s="316"/>
+      <c r="I13" s="316"/>
+      <c r="J13" s="316"/>
+      <c r="K13" s="316"/>
+      <c r="L13" s="316"/>
+      <c r="M13" s="316"/>
+      <c r="N13" s="316"/>
+      <c r="O13" s="316"/>
+      <c r="P13" s="316"/>
+      <c r="Q13" s="316"/>
+      <c r="R13" s="316"/>
+      <c r="S13" s="316"/>
+      <c r="T13" s="316"/>
+      <c r="U13" s="316"/>
+      <c r="V13" s="316"/>
+      <c r="W13" s="316"/>
+      <c r="X13" s="316"/>
+      <c r="Y13" s="316"/>
+      <c r="Z13" s="316"/>
+      <c r="AA13" s="316"/>
+      <c r="AB13" s="316"/>
+      <c r="AC13" s="316"/>
+      <c r="AD13" s="316"/>
+    </row>
+    <row r="14" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A14" s="48"/>
+    </row>
+    <row r="15" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A15" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="16" spans="1:30" s="48" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A16" s="52" t="s">
+    <row r="16" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A16" s="49" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="336" t="s">
+      <c r="B16" s="325" t="s">
         <v>134</v>
       </c>
-      <c r="C16" s="336"/>
-[...30 lines deleted...]
-      <c r="B17" s="327" t="s">
+      <c r="C16" s="325"/>
+      <c r="D16" s="325"/>
+      <c r="E16" s="325"/>
+      <c r="F16" s="325"/>
+      <c r="G16" s="325"/>
+      <c r="H16" s="325"/>
+      <c r="I16" s="325"/>
+      <c r="J16" s="325"/>
+      <c r="K16" s="325"/>
+      <c r="L16" s="325"/>
+      <c r="M16" s="325"/>
+      <c r="N16" s="325"/>
+      <c r="O16" s="325"/>
+      <c r="P16" s="325"/>
+      <c r="Q16" s="325"/>
+      <c r="R16" s="325"/>
+      <c r="S16" s="325"/>
+      <c r="T16" s="325"/>
+      <c r="U16" s="325"/>
+      <c r="V16" s="325"/>
+      <c r="W16" s="325"/>
+      <c r="X16" s="325"/>
+      <c r="Y16" s="325"/>
+      <c r="Z16" s="325"/>
+      <c r="AA16" s="325"/>
+      <c r="AB16" s="325"/>
+      <c r="AC16" s="325"/>
+      <c r="AD16" s="325"/>
+    </row>
+    <row r="17" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A17" s="47"/>
+      <c r="B17" s="316" t="s">
         <v>63</v>
       </c>
-      <c r="C17" s="327"/>
-[...96 lines deleted...]
-      <c r="A21" s="52" t="s">
+      <c r="C17" s="316"/>
+      <c r="D17" s="316"/>
+      <c r="E17" s="316"/>
+      <c r="F17" s="316"/>
+      <c r="G17" s="316"/>
+      <c r="H17" s="316"/>
+      <c r="I17" s="316"/>
+      <c r="J17" s="316"/>
+      <c r="K17" s="316"/>
+      <c r="L17" s="316"/>
+      <c r="M17" s="316"/>
+      <c r="N17" s="316"/>
+      <c r="O17" s="316"/>
+      <c r="P17" s="316"/>
+      <c r="Q17" s="316"/>
+      <c r="R17" s="316"/>
+      <c r="S17" s="316"/>
+      <c r="T17" s="316"/>
+      <c r="U17" s="316"/>
+      <c r="V17" s="316"/>
+      <c r="W17" s="316"/>
+      <c r="X17" s="316"/>
+      <c r="Y17" s="316"/>
+      <c r="Z17" s="316"/>
+      <c r="AA17" s="316"/>
+      <c r="AB17" s="316"/>
+      <c r="AC17" s="316"/>
+      <c r="AD17" s="316"/>
+    </row>
+    <row r="18" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A18" s="47"/>
+      <c r="B18" s="316"/>
+      <c r="C18" s="316"/>
+      <c r="D18" s="316"/>
+      <c r="E18" s="316"/>
+      <c r="F18" s="316"/>
+      <c r="G18" s="316"/>
+      <c r="H18" s="316"/>
+      <c r="I18" s="316"/>
+      <c r="J18" s="316"/>
+      <c r="K18" s="316"/>
+      <c r="L18" s="316"/>
+      <c r="M18" s="316"/>
+      <c r="N18" s="316"/>
+      <c r="O18" s="316"/>
+      <c r="P18" s="316"/>
+      <c r="Q18" s="316"/>
+      <c r="R18" s="316"/>
+      <c r="S18" s="316"/>
+      <c r="T18" s="316"/>
+      <c r="U18" s="316"/>
+      <c r="V18" s="316"/>
+      <c r="W18" s="316"/>
+      <c r="X18" s="316"/>
+      <c r="Y18" s="316"/>
+      <c r="Z18" s="316"/>
+      <c r="AA18" s="316"/>
+      <c r="AB18" s="316"/>
+      <c r="AC18" s="316"/>
+      <c r="AD18" s="316"/>
+    </row>
+    <row r="19" spans="1:30" ht="10.15" customHeight="1">
+      <c r="A19" s="47"/>
+      <c r="B19" s="316"/>
+      <c r="C19" s="316"/>
+      <c r="D19" s="316"/>
+      <c r="E19" s="316"/>
+      <c r="F19" s="316"/>
+      <c r="G19" s="316"/>
+      <c r="H19" s="316"/>
+      <c r="I19" s="316"/>
+      <c r="J19" s="316"/>
+      <c r="K19" s="316"/>
+      <c r="L19" s="316"/>
+      <c r="M19" s="316"/>
+      <c r="N19" s="316"/>
+      <c r="O19" s="316"/>
+      <c r="P19" s="316"/>
+      <c r="Q19" s="316"/>
+      <c r="R19" s="316"/>
+      <c r="S19" s="316"/>
+      <c r="T19" s="316"/>
+      <c r="U19" s="316"/>
+      <c r="V19" s="316"/>
+      <c r="W19" s="316"/>
+      <c r="X19" s="316"/>
+      <c r="Y19" s="316"/>
+      <c r="Z19" s="316"/>
+      <c r="AA19" s="316"/>
+      <c r="AB19" s="316"/>
+      <c r="AC19" s="316"/>
+      <c r="AD19" s="316"/>
+    </row>
+    <row r="20" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A20" s="48"/>
+    </row>
+    <row r="21" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A21" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="B21" s="336" t="s">
+      <c r="B21" s="325" t="s">
         <v>65</v>
       </c>
-      <c r="C21" s="336"/>
-[...30 lines deleted...]
-      <c r="B22" s="53" t="s">
+      <c r="C21" s="325"/>
+      <c r="D21" s="325"/>
+      <c r="E21" s="325"/>
+      <c r="F21" s="325"/>
+      <c r="G21" s="325"/>
+      <c r="H21" s="325"/>
+      <c r="I21" s="325"/>
+      <c r="J21" s="325"/>
+      <c r="K21" s="325"/>
+      <c r="L21" s="325"/>
+      <c r="M21" s="325"/>
+      <c r="N21" s="325"/>
+      <c r="O21" s="325"/>
+      <c r="P21" s="325"/>
+      <c r="Q21" s="325"/>
+      <c r="R21" s="325"/>
+      <c r="S21" s="325"/>
+      <c r="T21" s="325"/>
+      <c r="U21" s="325"/>
+      <c r="V21" s="325"/>
+      <c r="W21" s="325"/>
+      <c r="X21" s="325"/>
+      <c r="Y21" s="325"/>
+      <c r="Z21" s="325"/>
+      <c r="AA21" s="325"/>
+      <c r="AB21" s="325"/>
+      <c r="AC21" s="325"/>
+      <c r="AD21" s="325"/>
+    </row>
+    <row r="22" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A22" s="47"/>
+      <c r="B22" s="50" t="s">
         <v>66</v>
       </c>
-      <c r="C22" s="327" t="s">
+      <c r="C22" s="316" t="s">
         <v>67</v>
       </c>
-      <c r="D22" s="327"/>
-[...29 lines deleted...]
-      <c r="B23" s="53" t="s">
+      <c r="D22" s="316"/>
+      <c r="E22" s="316"/>
+      <c r="F22" s="316"/>
+      <c r="G22" s="316"/>
+      <c r="H22" s="316"/>
+      <c r="I22" s="316"/>
+      <c r="J22" s="316"/>
+      <c r="K22" s="316"/>
+      <c r="L22" s="316"/>
+      <c r="M22" s="316"/>
+      <c r="N22" s="316"/>
+      <c r="O22" s="316"/>
+      <c r="P22" s="316"/>
+      <c r="Q22" s="316"/>
+      <c r="R22" s="316"/>
+      <c r="S22" s="316"/>
+      <c r="T22" s="316"/>
+      <c r="U22" s="316"/>
+      <c r="V22" s="316"/>
+      <c r="W22" s="316"/>
+      <c r="X22" s="316"/>
+      <c r="Y22" s="316"/>
+      <c r="Z22" s="316"/>
+      <c r="AA22" s="316"/>
+      <c r="AB22" s="316"/>
+      <c r="AC22" s="316"/>
+      <c r="AD22" s="316"/>
+    </row>
+    <row r="23" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A23" s="47"/>
+      <c r="B23" s="50" t="s">
         <v>68</v>
       </c>
-      <c r="C23" s="327" t="s">
+      <c r="C23" s="316" t="s">
         <v>69</v>
       </c>
-      <c r="D23" s="327"/>
-[...30 lines deleted...]
-      <c r="C24" s="327" t="s">
+      <c r="D23" s="316"/>
+      <c r="E23" s="316"/>
+      <c r="F23" s="316"/>
+      <c r="G23" s="316"/>
+      <c r="H23" s="316"/>
+      <c r="I23" s="316"/>
+      <c r="J23" s="316"/>
+      <c r="K23" s="316"/>
+      <c r="L23" s="316"/>
+      <c r="M23" s="316"/>
+      <c r="N23" s="316"/>
+      <c r="O23" s="316"/>
+      <c r="P23" s="316"/>
+      <c r="Q23" s="316"/>
+      <c r="R23" s="316"/>
+      <c r="S23" s="316"/>
+      <c r="T23" s="316"/>
+      <c r="U23" s="316"/>
+      <c r="V23" s="316"/>
+      <c r="W23" s="316"/>
+      <c r="X23" s="316"/>
+      <c r="Y23" s="316"/>
+      <c r="Z23" s="316"/>
+      <c r="AA23" s="316"/>
+      <c r="AB23" s="316"/>
+      <c r="AC23" s="316"/>
+      <c r="AD23" s="316"/>
+    </row>
+    <row r="24" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A24" s="46"/>
+      <c r="B24" s="50"/>
+      <c r="C24" s="316" t="s">
         <v>70</v>
       </c>
-      <c r="D24" s="327"/>
-[...63 lines deleted...]
-      <c r="A27" s="52" t="s">
+      <c r="D24" s="316"/>
+      <c r="E24" s="316"/>
+      <c r="F24" s="316"/>
+      <c r="G24" s="316"/>
+      <c r="H24" s="316"/>
+      <c r="I24" s="316"/>
+      <c r="J24" s="316"/>
+      <c r="K24" s="316"/>
+      <c r="L24" s="316"/>
+      <c r="M24" s="316"/>
+      <c r="N24" s="316"/>
+      <c r="O24" s="316"/>
+      <c r="P24" s="316"/>
+      <c r="Q24" s="316"/>
+      <c r="R24" s="316"/>
+      <c r="S24" s="316"/>
+      <c r="T24" s="316"/>
+      <c r="U24" s="316"/>
+      <c r="V24" s="316"/>
+      <c r="W24" s="316"/>
+      <c r="X24" s="316"/>
+      <c r="Y24" s="316"/>
+      <c r="Z24" s="316"/>
+      <c r="AA24" s="316"/>
+      <c r="AB24" s="316"/>
+      <c r="AC24" s="316"/>
+      <c r="AD24" s="316"/>
+    </row>
+    <row r="25" spans="1:30" ht="12" customHeight="1">
+      <c r="A25" s="47"/>
+      <c r="B25" s="50"/>
+      <c r="C25" s="316"/>
+      <c r="D25" s="316"/>
+      <c r="E25" s="316"/>
+      <c r="F25" s="316"/>
+      <c r="G25" s="316"/>
+      <c r="H25" s="316"/>
+      <c r="I25" s="316"/>
+      <c r="J25" s="316"/>
+      <c r="K25" s="316"/>
+      <c r="L25" s="316"/>
+      <c r="M25" s="316"/>
+      <c r="N25" s="316"/>
+      <c r="O25" s="316"/>
+      <c r="P25" s="316"/>
+      <c r="Q25" s="316"/>
+      <c r="R25" s="316"/>
+      <c r="S25" s="316"/>
+      <c r="T25" s="316"/>
+      <c r="U25" s="316"/>
+      <c r="V25" s="316"/>
+      <c r="W25" s="316"/>
+      <c r="X25" s="316"/>
+      <c r="Y25" s="316"/>
+      <c r="Z25" s="316"/>
+      <c r="AA25" s="316"/>
+      <c r="AB25" s="316"/>
+      <c r="AC25" s="316"/>
+      <c r="AD25" s="316"/>
+    </row>
+    <row r="26" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A26" s="48"/>
+    </row>
+    <row r="27" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A27" s="49" t="s">
         <v>71</v>
       </c>
-      <c r="B27" s="336" t="s">
+      <c r="B27" s="325" t="s">
         <v>72</v>
       </c>
-      <c r="C27" s="336"/>
-[...30 lines deleted...]
-      <c r="B28" s="327" t="s">
+      <c r="C27" s="325"/>
+      <c r="D27" s="325"/>
+      <c r="E27" s="325"/>
+      <c r="F27" s="325"/>
+      <c r="G27" s="325"/>
+      <c r="H27" s="325"/>
+      <c r="I27" s="325"/>
+      <c r="J27" s="325"/>
+      <c r="K27" s="325"/>
+      <c r="L27" s="325"/>
+      <c r="M27" s="325"/>
+      <c r="N27" s="325"/>
+      <c r="O27" s="325"/>
+      <c r="P27" s="325"/>
+      <c r="Q27" s="325"/>
+      <c r="R27" s="325"/>
+      <c r="S27" s="325"/>
+      <c r="T27" s="325"/>
+      <c r="U27" s="325"/>
+      <c r="V27" s="325"/>
+      <c r="W27" s="325"/>
+      <c r="X27" s="325"/>
+      <c r="Y27" s="325"/>
+      <c r="Z27" s="325"/>
+      <c r="AA27" s="325"/>
+      <c r="AB27" s="325"/>
+      <c r="AC27" s="325"/>
+      <c r="AD27" s="325"/>
+    </row>
+    <row r="28" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A28" s="47"/>
+      <c r="B28" s="316" t="s">
         <v>73</v>
       </c>
-      <c r="C28" s="327"/>
-[...125 lines deleted...]
-      <c r="A32" s="52" t="s">
+      <c r="C28" s="316"/>
+      <c r="D28" s="316"/>
+      <c r="E28" s="316"/>
+      <c r="F28" s="316"/>
+      <c r="G28" s="316"/>
+      <c r="H28" s="316"/>
+      <c r="I28" s="316"/>
+      <c r="J28" s="316"/>
+      <c r="K28" s="316"/>
+      <c r="L28" s="316"/>
+      <c r="M28" s="316"/>
+      <c r="N28" s="316"/>
+      <c r="O28" s="316"/>
+      <c r="P28" s="316"/>
+      <c r="Q28" s="316"/>
+      <c r="R28" s="316"/>
+      <c r="S28" s="316"/>
+      <c r="T28" s="316"/>
+      <c r="U28" s="316"/>
+      <c r="V28" s="316"/>
+      <c r="W28" s="316"/>
+      <c r="X28" s="316"/>
+      <c r="Y28" s="316"/>
+      <c r="Z28" s="316"/>
+      <c r="AA28" s="316"/>
+      <c r="AB28" s="316"/>
+      <c r="AC28" s="316"/>
+      <c r="AD28" s="316"/>
+    </row>
+    <row r="29" spans="1:30" ht="15" customHeight="1">
+      <c r="A29" s="47"/>
+      <c r="B29" s="316"/>
+      <c r="C29" s="316"/>
+      <c r="D29" s="316"/>
+      <c r="E29" s="316"/>
+      <c r="F29" s="316"/>
+      <c r="G29" s="316"/>
+      <c r="H29" s="316"/>
+      <c r="I29" s="316"/>
+      <c r="J29" s="316"/>
+      <c r="K29" s="316"/>
+      <c r="L29" s="316"/>
+      <c r="M29" s="316"/>
+      <c r="N29" s="316"/>
+      <c r="O29" s="316"/>
+      <c r="P29" s="316"/>
+      <c r="Q29" s="316"/>
+      <c r="R29" s="316"/>
+      <c r="S29" s="316"/>
+      <c r="T29" s="316"/>
+      <c r="U29" s="316"/>
+      <c r="V29" s="316"/>
+      <c r="W29" s="316"/>
+      <c r="X29" s="316"/>
+      <c r="Y29" s="316"/>
+      <c r="Z29" s="316"/>
+      <c r="AA29" s="316"/>
+      <c r="AB29" s="316"/>
+      <c r="AC29" s="316"/>
+      <c r="AD29" s="316"/>
+    </row>
+    <row r="30" spans="1:30" ht="16.149999999999999" hidden="1" customHeight="1">
+      <c r="A30" s="46"/>
+      <c r="B30" s="316"/>
+      <c r="C30" s="316"/>
+      <c r="D30" s="316"/>
+      <c r="E30" s="316"/>
+      <c r="F30" s="316"/>
+      <c r="G30" s="316"/>
+      <c r="H30" s="316"/>
+      <c r="I30" s="316"/>
+      <c r="J30" s="316"/>
+      <c r="K30" s="316"/>
+      <c r="L30" s="316"/>
+      <c r="M30" s="316"/>
+      <c r="N30" s="316"/>
+      <c r="O30" s="316"/>
+      <c r="P30" s="316"/>
+      <c r="Q30" s="316"/>
+      <c r="R30" s="316"/>
+      <c r="S30" s="316"/>
+      <c r="T30" s="316"/>
+      <c r="U30" s="316"/>
+      <c r="V30" s="316"/>
+      <c r="W30" s="316"/>
+      <c r="X30" s="316"/>
+      <c r="Y30" s="316"/>
+      <c r="Z30" s="316"/>
+      <c r="AA30" s="316"/>
+      <c r="AB30" s="316"/>
+      <c r="AC30" s="316"/>
+      <c r="AD30" s="316"/>
+    </row>
+    <row r="31" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A31" s="47"/>
+      <c r="B31" s="50"/>
+      <c r="C31" s="50"/>
+      <c r="D31" s="50"/>
+      <c r="E31" s="50"/>
+      <c r="F31" s="50"/>
+      <c r="G31" s="50"/>
+      <c r="H31" s="50"/>
+      <c r="I31" s="50"/>
+      <c r="J31" s="50"/>
+      <c r="K31" s="50"/>
+      <c r="L31" s="50"/>
+      <c r="M31" s="50"/>
+      <c r="N31" s="50"/>
+      <c r="O31" s="50"/>
+      <c r="P31" s="50"/>
+      <c r="Q31" s="50"/>
+      <c r="R31" s="50"/>
+      <c r="S31" s="50"/>
+      <c r="T31" s="50"/>
+      <c r="U31" s="50"/>
+      <c r="V31" s="50"/>
+      <c r="W31" s="50"/>
+      <c r="X31" s="50"/>
+      <c r="Y31" s="50"/>
+      <c r="Z31" s="50"/>
+      <c r="AA31" s="50"/>
+      <c r="AB31" s="50"/>
+      <c r="AC31" s="50"/>
+      <c r="AD31" s="50"/>
+    </row>
+    <row r="32" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A32" s="49" t="s">
         <v>74</v>
       </c>
-      <c r="B32" s="336" t="s">
+      <c r="B32" s="325" t="s">
         <v>75</v>
       </c>
-      <c r="C32" s="336"/>
-[...30 lines deleted...]
-      <c r="B33" s="53" t="s">
+      <c r="C32" s="325"/>
+      <c r="D32" s="325"/>
+      <c r="E32" s="325"/>
+      <c r="F32" s="325"/>
+      <c r="G32" s="325"/>
+      <c r="H32" s="325"/>
+      <c r="I32" s="325"/>
+      <c r="J32" s="325"/>
+      <c r="K32" s="325"/>
+      <c r="L32" s="325"/>
+      <c r="M32" s="325"/>
+      <c r="N32" s="325"/>
+      <c r="O32" s="325"/>
+      <c r="P32" s="325"/>
+      <c r="Q32" s="325"/>
+      <c r="R32" s="325"/>
+      <c r="S32" s="325"/>
+      <c r="T32" s="325"/>
+      <c r="U32" s="325"/>
+      <c r="V32" s="325"/>
+      <c r="W32" s="325"/>
+      <c r="X32" s="325"/>
+      <c r="Y32" s="325"/>
+      <c r="Z32" s="325"/>
+      <c r="AA32" s="325"/>
+      <c r="AB32" s="325"/>
+      <c r="AC32" s="325"/>
+      <c r="AD32" s="325"/>
+    </row>
+    <row r="33" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A33" s="47"/>
+      <c r="B33" s="50" t="s">
         <v>66</v>
       </c>
-      <c r="C33" s="327" t="s">
+      <c r="C33" s="316" t="s">
         <v>76</v>
       </c>
-      <c r="D33" s="327"/>
-[...29 lines deleted...]
-      <c r="B34" s="53" t="s">
+      <c r="D33" s="316"/>
+      <c r="E33" s="316"/>
+      <c r="F33" s="316"/>
+      <c r="G33" s="316"/>
+      <c r="H33" s="316"/>
+      <c r="I33" s="316"/>
+      <c r="J33" s="316"/>
+      <c r="K33" s="316"/>
+      <c r="L33" s="316"/>
+      <c r="M33" s="316"/>
+      <c r="N33" s="316"/>
+      <c r="O33" s="316"/>
+      <c r="P33" s="316"/>
+      <c r="Q33" s="316"/>
+      <c r="R33" s="316"/>
+      <c r="S33" s="316"/>
+      <c r="T33" s="316"/>
+      <c r="U33" s="316"/>
+      <c r="V33" s="316"/>
+      <c r="W33" s="316"/>
+      <c r="X33" s="316"/>
+      <c r="Y33" s="316"/>
+      <c r="Z33" s="316"/>
+      <c r="AA33" s="316"/>
+      <c r="AB33" s="316"/>
+      <c r="AC33" s="316"/>
+      <c r="AD33" s="316"/>
+    </row>
+    <row r="34" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A34" s="47"/>
+      <c r="B34" s="50" t="s">
         <v>68</v>
       </c>
-      <c r="C34" s="327" t="s">
+      <c r="C34" s="316" t="s">
         <v>77</v>
       </c>
-      <c r="D34" s="327"/>
-[...29 lines deleted...]
-      <c r="B35" s="53" t="s">
+      <c r="D34" s="316"/>
+      <c r="E34" s="316"/>
+      <c r="F34" s="316"/>
+      <c r="G34" s="316"/>
+      <c r="H34" s="316"/>
+      <c r="I34" s="316"/>
+      <c r="J34" s="316"/>
+      <c r="K34" s="316"/>
+      <c r="L34" s="316"/>
+      <c r="M34" s="316"/>
+      <c r="N34" s="316"/>
+      <c r="O34" s="316"/>
+      <c r="P34" s="316"/>
+      <c r="Q34" s="316"/>
+      <c r="R34" s="316"/>
+      <c r="S34" s="316"/>
+      <c r="T34" s="316"/>
+      <c r="U34" s="316"/>
+      <c r="V34" s="316"/>
+      <c r="W34" s="316"/>
+      <c r="X34" s="316"/>
+      <c r="Y34" s="316"/>
+      <c r="Z34" s="316"/>
+      <c r="AA34" s="316"/>
+      <c r="AB34" s="316"/>
+      <c r="AC34" s="316"/>
+      <c r="AD34" s="316"/>
+    </row>
+    <row r="35" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A35" s="46"/>
+      <c r="B35" s="50" t="s">
         <v>78</v>
       </c>
-      <c r="C35" s="327" t="s">
+      <c r="C35" s="316" t="s">
         <v>79</v>
       </c>
-      <c r="D35" s="327"/>
-[...29 lines deleted...]
-      <c r="B36" s="53" t="s">
+      <c r="D35" s="316"/>
+      <c r="E35" s="316"/>
+      <c r="F35" s="316"/>
+      <c r="G35" s="316"/>
+      <c r="H35" s="316"/>
+      <c r="I35" s="316"/>
+      <c r="J35" s="316"/>
+      <c r="K35" s="316"/>
+      <c r="L35" s="316"/>
+      <c r="M35" s="316"/>
+      <c r="N35" s="316"/>
+      <c r="O35" s="316"/>
+      <c r="P35" s="316"/>
+      <c r="Q35" s="316"/>
+      <c r="R35" s="316"/>
+      <c r="S35" s="316"/>
+      <c r="T35" s="316"/>
+      <c r="U35" s="316"/>
+      <c r="V35" s="316"/>
+      <c r="W35" s="316"/>
+      <c r="X35" s="316"/>
+      <c r="Y35" s="316"/>
+      <c r="Z35" s="316"/>
+      <c r="AA35" s="316"/>
+      <c r="AB35" s="316"/>
+      <c r="AC35" s="316"/>
+      <c r="AD35" s="316"/>
+    </row>
+    <row r="36" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A36" s="48"/>
+      <c r="B36" s="50" t="s">
         <v>80</v>
       </c>
-      <c r="C36" s="327" t="s">
+      <c r="C36" s="316" t="s">
         <v>81</v>
       </c>
-      <c r="D36" s="327"/>
-[...31 lines deleted...]
-      <c r="A38" s="52" t="s">
+      <c r="D36" s="316"/>
+      <c r="E36" s="316"/>
+      <c r="F36" s="316"/>
+      <c r="G36" s="316"/>
+      <c r="H36" s="316"/>
+      <c r="I36" s="316"/>
+      <c r="J36" s="316"/>
+      <c r="K36" s="316"/>
+      <c r="L36" s="316"/>
+      <c r="M36" s="316"/>
+      <c r="N36" s="316"/>
+      <c r="O36" s="316"/>
+      <c r="P36" s="316"/>
+      <c r="Q36" s="316"/>
+      <c r="R36" s="316"/>
+      <c r="S36" s="316"/>
+      <c r="T36" s="316"/>
+      <c r="U36" s="316"/>
+      <c r="V36" s="316"/>
+      <c r="W36" s="316"/>
+      <c r="X36" s="316"/>
+      <c r="Y36" s="316"/>
+      <c r="Z36" s="316"/>
+      <c r="AA36" s="316"/>
+      <c r="AB36" s="316"/>
+      <c r="AC36" s="316"/>
+      <c r="AD36" s="316"/>
+    </row>
+    <row r="37" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A37" s="48"/>
+    </row>
+    <row r="38" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A38" s="49" t="s">
         <v>82</v>
       </c>
-      <c r="B38" s="336" t="s">
+      <c r="B38" s="325" t="s">
         <v>83</v>
       </c>
-      <c r="C38" s="336"/>
-[...30 lines deleted...]
-      <c r="B39" s="53" t="s">
+      <c r="C38" s="325"/>
+      <c r="D38" s="325"/>
+      <c r="E38" s="325"/>
+      <c r="F38" s="325"/>
+      <c r="G38" s="325"/>
+      <c r="H38" s="325"/>
+      <c r="I38" s="325"/>
+      <c r="J38" s="325"/>
+      <c r="K38" s="325"/>
+      <c r="L38" s="325"/>
+      <c r="M38" s="325"/>
+      <c r="N38" s="325"/>
+      <c r="O38" s="325"/>
+      <c r="P38" s="325"/>
+      <c r="Q38" s="325"/>
+      <c r="R38" s="325"/>
+      <c r="S38" s="325"/>
+      <c r="T38" s="325"/>
+      <c r="U38" s="325"/>
+      <c r="V38" s="325"/>
+      <c r="W38" s="325"/>
+      <c r="X38" s="325"/>
+      <c r="Y38" s="325"/>
+      <c r="Z38" s="325"/>
+      <c r="AA38" s="325"/>
+      <c r="AB38" s="325"/>
+      <c r="AC38" s="325"/>
+      <c r="AD38" s="325"/>
+    </row>
+    <row r="39" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A39" s="47"/>
+      <c r="B39" s="50" t="s">
         <v>66</v>
       </c>
-      <c r="C39" s="327" t="s">
+      <c r="C39" s="316" t="s">
         <v>84</v>
       </c>
-      <c r="D39" s="327"/>
-[...29 lines deleted...]
-      <c r="B40" s="53" t="s">
+      <c r="D39" s="316"/>
+      <c r="E39" s="316"/>
+      <c r="F39" s="316"/>
+      <c r="G39" s="316"/>
+      <c r="H39" s="316"/>
+      <c r="I39" s="316"/>
+      <c r="J39" s="316"/>
+      <c r="K39" s="316"/>
+      <c r="L39" s="316"/>
+      <c r="M39" s="316"/>
+      <c r="N39" s="316"/>
+      <c r="O39" s="316"/>
+      <c r="P39" s="316"/>
+      <c r="Q39" s="316"/>
+      <c r="R39" s="316"/>
+      <c r="S39" s="316"/>
+      <c r="T39" s="316"/>
+      <c r="U39" s="316"/>
+      <c r="V39" s="316"/>
+      <c r="W39" s="316"/>
+      <c r="X39" s="316"/>
+      <c r="Y39" s="316"/>
+      <c r="Z39" s="316"/>
+      <c r="AA39" s="316"/>
+      <c r="AB39" s="316"/>
+      <c r="AC39" s="316"/>
+      <c r="AD39" s="316"/>
+    </row>
+    <row r="40" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A40" s="48"/>
+      <c r="B40" s="50" t="s">
         <v>68</v>
       </c>
-      <c r="C40" s="327" t="s">
+      <c r="C40" s="316" t="s">
         <v>85</v>
       </c>
-      <c r="D40" s="327"/>
-[...61 lines deleted...]
-      <c r="B42" s="53" t="s">
+      <c r="D40" s="316"/>
+      <c r="E40" s="316"/>
+      <c r="F40" s="316"/>
+      <c r="G40" s="316"/>
+      <c r="H40" s="316"/>
+      <c r="I40" s="316"/>
+      <c r="J40" s="316"/>
+      <c r="K40" s="316"/>
+      <c r="L40" s="316"/>
+      <c r="M40" s="316"/>
+      <c r="N40" s="316"/>
+      <c r="O40" s="316"/>
+      <c r="P40" s="316"/>
+      <c r="Q40" s="316"/>
+      <c r="R40" s="316"/>
+      <c r="S40" s="316"/>
+      <c r="T40" s="316"/>
+      <c r="U40" s="316"/>
+      <c r="V40" s="316"/>
+      <c r="W40" s="316"/>
+      <c r="X40" s="316"/>
+      <c r="Y40" s="316"/>
+      <c r="Z40" s="316"/>
+      <c r="AA40" s="316"/>
+      <c r="AB40" s="316"/>
+      <c r="AC40" s="316"/>
+      <c r="AD40" s="316"/>
+    </row>
+    <row r="41" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A41" s="48"/>
+      <c r="B41" s="50"/>
+      <c r="C41" s="316"/>
+      <c r="D41" s="316"/>
+      <c r="E41" s="316"/>
+      <c r="F41" s="316"/>
+      <c r="G41" s="316"/>
+      <c r="H41" s="316"/>
+      <c r="I41" s="316"/>
+      <c r="J41" s="316"/>
+      <c r="K41" s="316"/>
+      <c r="L41" s="316"/>
+      <c r="M41" s="316"/>
+      <c r="N41" s="316"/>
+      <c r="O41" s="316"/>
+      <c r="P41" s="316"/>
+      <c r="Q41" s="316"/>
+      <c r="R41" s="316"/>
+      <c r="S41" s="316"/>
+      <c r="T41" s="316"/>
+      <c r="U41" s="316"/>
+      <c r="V41" s="316"/>
+      <c r="W41" s="316"/>
+      <c r="X41" s="316"/>
+      <c r="Y41" s="316"/>
+      <c r="Z41" s="316"/>
+      <c r="AA41" s="316"/>
+      <c r="AB41" s="316"/>
+      <c r="AC41" s="316"/>
+      <c r="AD41" s="316"/>
+    </row>
+    <row r="42" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A42" s="48"/>
+      <c r="B42" s="50" t="s">
         <v>78</v>
       </c>
-      <c r="C42" s="327" t="s">
+      <c r="C42" s="316" t="s">
         <v>79</v>
       </c>
-      <c r="D42" s="327"/>
-[...29 lines deleted...]
-      <c r="B43" s="53" t="s">
+      <c r="D42" s="316"/>
+      <c r="E42" s="316"/>
+      <c r="F42" s="316"/>
+      <c r="G42" s="316"/>
+      <c r="H42" s="316"/>
+      <c r="I42" s="316"/>
+      <c r="J42" s="316"/>
+      <c r="K42" s="316"/>
+      <c r="L42" s="316"/>
+      <c r="M42" s="316"/>
+      <c r="N42" s="316"/>
+      <c r="O42" s="316"/>
+      <c r="P42" s="316"/>
+      <c r="Q42" s="316"/>
+      <c r="R42" s="316"/>
+      <c r="S42" s="316"/>
+      <c r="T42" s="316"/>
+      <c r="U42" s="316"/>
+      <c r="V42" s="316"/>
+      <c r="W42" s="316"/>
+      <c r="X42" s="316"/>
+      <c r="Y42" s="316"/>
+      <c r="Z42" s="316"/>
+      <c r="AA42" s="316"/>
+      <c r="AB42" s="316"/>
+      <c r="AC42" s="316"/>
+      <c r="AD42" s="316"/>
+    </row>
+    <row r="43" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A43" s="48"/>
+      <c r="B43" s="50" t="s">
         <v>80</v>
       </c>
-      <c r="C43" s="327" t="s">
+      <c r="C43" s="316" t="s">
         <v>86</v>
       </c>
-      <c r="D43" s="327"/>
-[...29 lines deleted...]
-      <c r="B44" s="53" t="s">
+      <c r="D43" s="316"/>
+      <c r="E43" s="316"/>
+      <c r="F43" s="316"/>
+      <c r="G43" s="316"/>
+      <c r="H43" s="316"/>
+      <c r="I43" s="316"/>
+      <c r="J43" s="316"/>
+      <c r="K43" s="316"/>
+      <c r="L43" s="316"/>
+      <c r="M43" s="316"/>
+      <c r="N43" s="316"/>
+      <c r="O43" s="316"/>
+      <c r="P43" s="316"/>
+      <c r="Q43" s="316"/>
+      <c r="R43" s="316"/>
+      <c r="S43" s="316"/>
+      <c r="T43" s="316"/>
+      <c r="U43" s="316"/>
+      <c r="V43" s="316"/>
+      <c r="W43" s="316"/>
+      <c r="X43" s="316"/>
+      <c r="Y43" s="316"/>
+      <c r="Z43" s="316"/>
+      <c r="AA43" s="316"/>
+      <c r="AB43" s="316"/>
+      <c r="AC43" s="316"/>
+      <c r="AD43" s="316"/>
+    </row>
+    <row r="44" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A44" s="48"/>
+      <c r="B44" s="50" t="s">
         <v>87</v>
       </c>
-      <c r="C44" s="327" t="s">
+      <c r="C44" s="316" t="s">
         <v>88</v>
       </c>
-      <c r="D44" s="327"/>
-[...29 lines deleted...]
-      <c r="B45" s="53" t="s">
+      <c r="D44" s="316"/>
+      <c r="E44" s="316"/>
+      <c r="F44" s="316"/>
+      <c r="G44" s="316"/>
+      <c r="H44" s="316"/>
+      <c r="I44" s="316"/>
+      <c r="J44" s="316"/>
+      <c r="K44" s="316"/>
+      <c r="L44" s="316"/>
+      <c r="M44" s="316"/>
+      <c r="N44" s="316"/>
+      <c r="O44" s="316"/>
+      <c r="P44" s="316"/>
+      <c r="Q44" s="316"/>
+      <c r="R44" s="316"/>
+      <c r="S44" s="316"/>
+      <c r="T44" s="316"/>
+      <c r="U44" s="316"/>
+      <c r="V44" s="316"/>
+      <c r="W44" s="316"/>
+      <c r="X44" s="316"/>
+      <c r="Y44" s="316"/>
+      <c r="Z44" s="316"/>
+      <c r="AA44" s="316"/>
+      <c r="AB44" s="316"/>
+      <c r="AC44" s="316"/>
+      <c r="AD44" s="316"/>
+    </row>
+    <row r="45" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A45" s="48"/>
+      <c r="B45" s="50" t="s">
         <v>89</v>
       </c>
-      <c r="C45" s="327" t="s">
+      <c r="C45" s="316" t="s">
         <v>90</v>
       </c>
-      <c r="D45" s="327"/>
-[...29 lines deleted...]
-      <c r="B46" s="53" t="s">
+      <c r="D45" s="316"/>
+      <c r="E45" s="316"/>
+      <c r="F45" s="316"/>
+      <c r="G45" s="316"/>
+      <c r="H45" s="316"/>
+      <c r="I45" s="316"/>
+      <c r="J45" s="316"/>
+      <c r="K45" s="316"/>
+      <c r="L45" s="316"/>
+      <c r="M45" s="316"/>
+      <c r="N45" s="316"/>
+      <c r="O45" s="316"/>
+      <c r="P45" s="316"/>
+      <c r="Q45" s="316"/>
+      <c r="R45" s="316"/>
+      <c r="S45" s="316"/>
+      <c r="T45" s="316"/>
+      <c r="U45" s="316"/>
+      <c r="V45" s="316"/>
+      <c r="W45" s="316"/>
+      <c r="X45" s="316"/>
+      <c r="Y45" s="316"/>
+      <c r="Z45" s="316"/>
+      <c r="AA45" s="316"/>
+      <c r="AB45" s="316"/>
+      <c r="AC45" s="316"/>
+      <c r="AD45" s="316"/>
+    </row>
+    <row r="46" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A46" s="48"/>
+      <c r="B46" s="50" t="s">
         <v>91</v>
       </c>
-      <c r="C46" s="327" t="s">
+      <c r="C46" s="316" t="s">
         <v>92</v>
       </c>
-      <c r="D46" s="327"/>
-[...29 lines deleted...]
-      <c r="B47" s="53" t="s">
+      <c r="D46" s="316"/>
+      <c r="E46" s="316"/>
+      <c r="F46" s="316"/>
+      <c r="G46" s="316"/>
+      <c r="H46" s="316"/>
+      <c r="I46" s="316"/>
+      <c r="J46" s="316"/>
+      <c r="K46" s="316"/>
+      <c r="L46" s="316"/>
+      <c r="M46" s="316"/>
+      <c r="N46" s="316"/>
+      <c r="O46" s="316"/>
+      <c r="P46" s="316"/>
+      <c r="Q46" s="316"/>
+      <c r="R46" s="316"/>
+      <c r="S46" s="316"/>
+      <c r="T46" s="316"/>
+      <c r="U46" s="316"/>
+      <c r="V46" s="316"/>
+      <c r="W46" s="316"/>
+      <c r="X46" s="316"/>
+      <c r="Y46" s="316"/>
+      <c r="Z46" s="316"/>
+      <c r="AA46" s="316"/>
+      <c r="AB46" s="316"/>
+      <c r="AC46" s="316"/>
+      <c r="AD46" s="316"/>
+    </row>
+    <row r="47" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A47" s="48"/>
+      <c r="B47" s="50" t="s">
         <v>93</v>
       </c>
-      <c r="C47" s="327" t="s">
+      <c r="C47" s="316" t="s">
         <v>94</v>
       </c>
-      <c r="D47" s="327"/>
-[...29 lines deleted...]
-      <c r="B48" s="53" t="s">
+      <c r="D47" s="316"/>
+      <c r="E47" s="316"/>
+      <c r="F47" s="316"/>
+      <c r="G47" s="316"/>
+      <c r="H47" s="316"/>
+      <c r="I47" s="316"/>
+      <c r="J47" s="316"/>
+      <c r="K47" s="316"/>
+      <c r="L47" s="316"/>
+      <c r="M47" s="316"/>
+      <c r="N47" s="316"/>
+      <c r="O47" s="316"/>
+      <c r="P47" s="316"/>
+      <c r="Q47" s="316"/>
+      <c r="R47" s="316"/>
+      <c r="S47" s="316"/>
+      <c r="T47" s="316"/>
+      <c r="U47" s="316"/>
+      <c r="V47" s="316"/>
+      <c r="W47" s="316"/>
+      <c r="X47" s="316"/>
+      <c r="Y47" s="316"/>
+      <c r="Z47" s="316"/>
+      <c r="AA47" s="316"/>
+      <c r="AB47" s="316"/>
+      <c r="AC47" s="316"/>
+      <c r="AD47" s="316"/>
+    </row>
+    <row r="48" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A48" s="48"/>
+      <c r="B48" s="50" t="s">
         <v>95</v>
       </c>
-      <c r="C48" s="327" t="s">
+      <c r="C48" s="316" t="s">
         <v>96</v>
       </c>
-      <c r="D48" s="327"/>
-[...32 lines deleted...]
-      <c r="B50" s="337" t="s">
+      <c r="D48" s="316"/>
+      <c r="E48" s="316"/>
+      <c r="F48" s="316"/>
+      <c r="G48" s="316"/>
+      <c r="H48" s="316"/>
+      <c r="I48" s="316"/>
+      <c r="J48" s="316"/>
+      <c r="K48" s="316"/>
+      <c r="L48" s="316"/>
+      <c r="M48" s="316"/>
+      <c r="N48" s="316"/>
+      <c r="O48" s="316"/>
+      <c r="P48" s="316"/>
+      <c r="Q48" s="316"/>
+      <c r="R48" s="316"/>
+      <c r="S48" s="316"/>
+      <c r="T48" s="316"/>
+      <c r="U48" s="316"/>
+      <c r="V48" s="316"/>
+      <c r="W48" s="316"/>
+      <c r="X48" s="316"/>
+      <c r="Y48" s="316"/>
+      <c r="Z48" s="316"/>
+      <c r="AA48" s="316"/>
+      <c r="AB48" s="316"/>
+      <c r="AC48" s="316"/>
+      <c r="AD48" s="316"/>
+    </row>
+    <row r="49" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A49" s="48"/>
+    </row>
+    <row r="50" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A50" s="48"/>
+      <c r="B50" s="326" t="s">
         <v>97</v>
       </c>
-      <c r="C50" s="337"/>
-[...29 lines deleted...]
-      <c r="B51" s="338" t="s">
+      <c r="C50" s="326"/>
+      <c r="D50" s="326"/>
+      <c r="E50" s="326"/>
+      <c r="F50" s="326"/>
+      <c r="G50" s="326"/>
+      <c r="H50" s="326"/>
+      <c r="I50" s="326"/>
+      <c r="J50" s="326"/>
+      <c r="K50" s="326"/>
+      <c r="L50" s="326"/>
+      <c r="M50" s="326"/>
+      <c r="N50" s="326"/>
+      <c r="O50" s="326"/>
+      <c r="P50" s="326"/>
+      <c r="Q50" s="326"/>
+      <c r="R50" s="326"/>
+      <c r="S50" s="326"/>
+      <c r="T50" s="326"/>
+      <c r="U50" s="326"/>
+      <c r="V50" s="326"/>
+      <c r="W50" s="326"/>
+      <c r="X50" s="326"/>
+      <c r="Y50" s="326"/>
+      <c r="Z50" s="326"/>
+      <c r="AA50" s="326"/>
+      <c r="AB50" s="326"/>
+      <c r="AC50" s="326"/>
+    </row>
+    <row r="51" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A51" s="48"/>
+      <c r="B51" s="327" t="s">
         <v>98</v>
       </c>
-      <c r="C51" s="339"/>
-[...128 lines deleted...]
-      <c r="A56" s="52" t="s">
+      <c r="C51" s="328"/>
+      <c r="D51" s="328"/>
+      <c r="E51" s="328"/>
+      <c r="F51" s="328"/>
+      <c r="G51" s="328"/>
+      <c r="H51" s="328"/>
+      <c r="I51" s="328"/>
+      <c r="J51" s="328"/>
+      <c r="K51" s="328"/>
+      <c r="L51" s="328"/>
+      <c r="M51" s="328"/>
+      <c r="N51" s="328"/>
+      <c r="O51" s="328"/>
+      <c r="P51" s="328"/>
+      <c r="Q51" s="328"/>
+      <c r="R51" s="328"/>
+      <c r="S51" s="328"/>
+      <c r="T51" s="328"/>
+      <c r="U51" s="328"/>
+      <c r="V51" s="328"/>
+      <c r="W51" s="328"/>
+      <c r="X51" s="328"/>
+      <c r="Y51" s="328"/>
+      <c r="Z51" s="328"/>
+      <c r="AA51" s="328"/>
+      <c r="AB51" s="328"/>
+      <c r="AC51" s="328"/>
+      <c r="AD51" s="329"/>
+    </row>
+    <row r="52" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A52" s="48"/>
+      <c r="B52" s="330"/>
+      <c r="C52" s="331"/>
+      <c r="D52" s="331"/>
+      <c r="E52" s="331"/>
+      <c r="F52" s="331"/>
+      <c r="G52" s="331"/>
+      <c r="H52" s="331"/>
+      <c r="I52" s="331"/>
+      <c r="J52" s="331"/>
+      <c r="K52" s="331"/>
+      <c r="L52" s="331"/>
+      <c r="M52" s="331"/>
+      <c r="N52" s="331"/>
+      <c r="O52" s="331"/>
+      <c r="P52" s="331"/>
+      <c r="Q52" s="331"/>
+      <c r="R52" s="331"/>
+      <c r="S52" s="331"/>
+      <c r="T52" s="331"/>
+      <c r="U52" s="331"/>
+      <c r="V52" s="331"/>
+      <c r="W52" s="331"/>
+      <c r="X52" s="331"/>
+      <c r="Y52" s="331"/>
+      <c r="Z52" s="331"/>
+      <c r="AA52" s="331"/>
+      <c r="AB52" s="331"/>
+      <c r="AC52" s="331"/>
+      <c r="AD52" s="332"/>
+    </row>
+    <row r="53" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A53" s="48"/>
+      <c r="B53" s="330"/>
+      <c r="C53" s="331"/>
+      <c r="D53" s="331"/>
+      <c r="E53" s="331"/>
+      <c r="F53" s="331"/>
+      <c r="G53" s="331"/>
+      <c r="H53" s="331"/>
+      <c r="I53" s="331"/>
+      <c r="J53" s="331"/>
+      <c r="K53" s="331"/>
+      <c r="L53" s="331"/>
+      <c r="M53" s="331"/>
+      <c r="N53" s="331"/>
+      <c r="O53" s="331"/>
+      <c r="P53" s="331"/>
+      <c r="Q53" s="331"/>
+      <c r="R53" s="331"/>
+      <c r="S53" s="331"/>
+      <c r="T53" s="331"/>
+      <c r="U53" s="331"/>
+      <c r="V53" s="331"/>
+      <c r="W53" s="331"/>
+      <c r="X53" s="331"/>
+      <c r="Y53" s="331"/>
+      <c r="Z53" s="331"/>
+      <c r="AA53" s="331"/>
+      <c r="AB53" s="331"/>
+      <c r="AC53" s="331"/>
+      <c r="AD53" s="332"/>
+    </row>
+    <row r="54" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A54" s="48"/>
+      <c r="B54" s="333"/>
+      <c r="C54" s="334"/>
+      <c r="D54" s="334"/>
+      <c r="E54" s="334"/>
+      <c r="F54" s="334"/>
+      <c r="G54" s="334"/>
+      <c r="H54" s="334"/>
+      <c r="I54" s="334"/>
+      <c r="J54" s="334"/>
+      <c r="K54" s="334"/>
+      <c r="L54" s="334"/>
+      <c r="M54" s="334"/>
+      <c r="N54" s="334"/>
+      <c r="O54" s="334"/>
+      <c r="P54" s="334"/>
+      <c r="Q54" s="334"/>
+      <c r="R54" s="334"/>
+      <c r="S54" s="334"/>
+      <c r="T54" s="334"/>
+      <c r="U54" s="334"/>
+      <c r="V54" s="334"/>
+      <c r="W54" s="334"/>
+      <c r="X54" s="334"/>
+      <c r="Y54" s="334"/>
+      <c r="Z54" s="334"/>
+      <c r="AA54" s="334"/>
+      <c r="AB54" s="334"/>
+      <c r="AC54" s="334"/>
+      <c r="AD54" s="335"/>
+    </row>
+    <row r="55" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A55" s="48"/>
+    </row>
+    <row r="56" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A56" s="49" t="s">
         <v>99</v>
       </c>
-      <c r="B56" s="336" t="s">
+      <c r="B56" s="325" t="s">
         <v>100</v>
       </c>
-      <c r="C56" s="336"/>
-[...30 lines deleted...]
-      <c r="B57" s="53" t="s">
+      <c r="C56" s="325"/>
+      <c r="D56" s="325"/>
+      <c r="E56" s="325"/>
+      <c r="F56" s="325"/>
+      <c r="G56" s="325"/>
+      <c r="H56" s="325"/>
+      <c r="I56" s="325"/>
+      <c r="J56" s="325"/>
+      <c r="K56" s="325"/>
+      <c r="L56" s="325"/>
+      <c r="M56" s="325"/>
+      <c r="N56" s="325"/>
+      <c r="O56" s="325"/>
+      <c r="P56" s="325"/>
+      <c r="Q56" s="325"/>
+      <c r="R56" s="325"/>
+      <c r="S56" s="325"/>
+      <c r="T56" s="325"/>
+      <c r="U56" s="325"/>
+      <c r="V56" s="325"/>
+      <c r="W56" s="325"/>
+      <c r="X56" s="325"/>
+      <c r="Y56" s="325"/>
+      <c r="Z56" s="325"/>
+      <c r="AA56" s="325"/>
+      <c r="AB56" s="325"/>
+      <c r="AC56" s="325"/>
+      <c r="AD56" s="325"/>
+    </row>
+    <row r="57" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A57" s="49"/>
+      <c r="B57" s="50" t="s">
         <v>66</v>
       </c>
-      <c r="C57" s="327" t="s">
+      <c r="C57" s="316" t="s">
         <v>101</v>
       </c>
-      <c r="D57" s="327"/>
-[...93 lines deleted...]
-      <c r="B60" s="53" t="s">
+      <c r="D57" s="316"/>
+      <c r="E57" s="316"/>
+      <c r="F57" s="316"/>
+      <c r="G57" s="316"/>
+      <c r="H57" s="316"/>
+      <c r="I57" s="316"/>
+      <c r="J57" s="316"/>
+      <c r="K57" s="316"/>
+      <c r="L57" s="316"/>
+      <c r="M57" s="316"/>
+      <c r="N57" s="316"/>
+      <c r="O57" s="316"/>
+      <c r="P57" s="316"/>
+      <c r="Q57" s="316"/>
+      <c r="R57" s="316"/>
+      <c r="S57" s="316"/>
+      <c r="T57" s="316"/>
+      <c r="U57" s="316"/>
+      <c r="V57" s="316"/>
+      <c r="W57" s="316"/>
+      <c r="X57" s="316"/>
+      <c r="Y57" s="316"/>
+      <c r="Z57" s="316"/>
+      <c r="AA57" s="316"/>
+      <c r="AB57" s="316"/>
+      <c r="AC57" s="316"/>
+      <c r="AD57" s="316"/>
+    </row>
+    <row r="58" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A58" s="49"/>
+      <c r="B58" s="50"/>
+      <c r="C58" s="316"/>
+      <c r="D58" s="316"/>
+      <c r="E58" s="316"/>
+      <c r="F58" s="316"/>
+      <c r="G58" s="316"/>
+      <c r="H58" s="316"/>
+      <c r="I58" s="316"/>
+      <c r="J58" s="316"/>
+      <c r="K58" s="316"/>
+      <c r="L58" s="316"/>
+      <c r="M58" s="316"/>
+      <c r="N58" s="316"/>
+      <c r="O58" s="316"/>
+      <c r="P58" s="316"/>
+      <c r="Q58" s="316"/>
+      <c r="R58" s="316"/>
+      <c r="S58" s="316"/>
+      <c r="T58" s="316"/>
+      <c r="U58" s="316"/>
+      <c r="V58" s="316"/>
+      <c r="W58" s="316"/>
+      <c r="X58" s="316"/>
+      <c r="Y58" s="316"/>
+      <c r="Z58" s="316"/>
+      <c r="AA58" s="316"/>
+      <c r="AB58" s="316"/>
+      <c r="AC58" s="316"/>
+      <c r="AD58" s="316"/>
+    </row>
+    <row r="59" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A59" s="49"/>
+      <c r="B59" s="50"/>
+      <c r="C59" s="316"/>
+      <c r="D59" s="316"/>
+      <c r="E59" s="316"/>
+      <c r="F59" s="316"/>
+      <c r="G59" s="316"/>
+      <c r="H59" s="316"/>
+      <c r="I59" s="316"/>
+      <c r="J59" s="316"/>
+      <c r="K59" s="316"/>
+      <c r="L59" s="316"/>
+      <c r="M59" s="316"/>
+      <c r="N59" s="316"/>
+      <c r="O59" s="316"/>
+      <c r="P59" s="316"/>
+      <c r="Q59" s="316"/>
+      <c r="R59" s="316"/>
+      <c r="S59" s="316"/>
+      <c r="T59" s="316"/>
+      <c r="U59" s="316"/>
+      <c r="V59" s="316"/>
+      <c r="W59" s="316"/>
+      <c r="X59" s="316"/>
+      <c r="Y59" s="316"/>
+      <c r="Z59" s="316"/>
+      <c r="AA59" s="316"/>
+      <c r="AB59" s="316"/>
+      <c r="AC59" s="316"/>
+      <c r="AD59" s="316"/>
+    </row>
+    <row r="60" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A60" s="49"/>
+      <c r="B60" s="50" t="s">
         <v>68</v>
       </c>
-      <c r="C60" s="327" t="s">
+      <c r="C60" s="316" t="s">
         <v>102</v>
       </c>
-      <c r="D60" s="327"/>
-[...61 lines deleted...]
-      <c r="B62" s="53" t="s">
+      <c r="D60" s="316"/>
+      <c r="E60" s="316"/>
+      <c r="F60" s="316"/>
+      <c r="G60" s="316"/>
+      <c r="H60" s="316"/>
+      <c r="I60" s="316"/>
+      <c r="J60" s="316"/>
+      <c r="K60" s="316"/>
+      <c r="L60" s="316"/>
+      <c r="M60" s="316"/>
+      <c r="N60" s="316"/>
+      <c r="O60" s="316"/>
+      <c r="P60" s="316"/>
+      <c r="Q60" s="316"/>
+      <c r="R60" s="316"/>
+      <c r="S60" s="316"/>
+      <c r="T60" s="316"/>
+      <c r="U60" s="316"/>
+      <c r="V60" s="316"/>
+      <c r="W60" s="316"/>
+      <c r="X60" s="316"/>
+      <c r="Y60" s="316"/>
+      <c r="Z60" s="316"/>
+      <c r="AA60" s="316"/>
+      <c r="AB60" s="316"/>
+      <c r="AC60" s="316"/>
+      <c r="AD60" s="316"/>
+    </row>
+    <row r="61" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A61" s="49"/>
+      <c r="B61" s="50"/>
+      <c r="C61" s="316"/>
+      <c r="D61" s="316"/>
+      <c r="E61" s="316"/>
+      <c r="F61" s="316"/>
+      <c r="G61" s="316"/>
+      <c r="H61" s="316"/>
+      <c r="I61" s="316"/>
+      <c r="J61" s="316"/>
+      <c r="K61" s="316"/>
+      <c r="L61" s="316"/>
+      <c r="M61" s="316"/>
+      <c r="N61" s="316"/>
+      <c r="O61" s="316"/>
+      <c r="P61" s="316"/>
+      <c r="Q61" s="316"/>
+      <c r="R61" s="316"/>
+      <c r="S61" s="316"/>
+      <c r="T61" s="316"/>
+      <c r="U61" s="316"/>
+      <c r="V61" s="316"/>
+      <c r="W61" s="316"/>
+      <c r="X61" s="316"/>
+      <c r="Y61" s="316"/>
+      <c r="Z61" s="316"/>
+      <c r="AA61" s="316"/>
+      <c r="AB61" s="316"/>
+      <c r="AC61" s="316"/>
+      <c r="AD61" s="316"/>
+    </row>
+    <row r="62" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A62" s="49"/>
+      <c r="B62" s="50" t="s">
         <v>78</v>
       </c>
-      <c r="C62" s="327" t="s">
+      <c r="C62" s="316" t="s">
         <v>103</v>
       </c>
-      <c r="D62" s="327"/>
-[...61 lines deleted...]
-      <c r="B64" s="53" t="s">
+      <c r="D62" s="316"/>
+      <c r="E62" s="316"/>
+      <c r="F62" s="316"/>
+      <c r="G62" s="316"/>
+      <c r="H62" s="316"/>
+      <c r="I62" s="316"/>
+      <c r="J62" s="316"/>
+      <c r="K62" s="316"/>
+      <c r="L62" s="316"/>
+      <c r="M62" s="316"/>
+      <c r="N62" s="316"/>
+      <c r="O62" s="316"/>
+      <c r="P62" s="316"/>
+      <c r="Q62" s="316"/>
+      <c r="R62" s="316"/>
+      <c r="S62" s="316"/>
+      <c r="T62" s="316"/>
+      <c r="U62" s="316"/>
+      <c r="V62" s="316"/>
+      <c r="W62" s="316"/>
+      <c r="X62" s="316"/>
+      <c r="Y62" s="316"/>
+      <c r="Z62" s="316"/>
+      <c r="AA62" s="316"/>
+      <c r="AB62" s="316"/>
+      <c r="AC62" s="316"/>
+      <c r="AD62" s="316"/>
+    </row>
+    <row r="63" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A63" s="49"/>
+      <c r="B63" s="50"/>
+      <c r="C63" s="316"/>
+      <c r="D63" s="316"/>
+      <c r="E63" s="316"/>
+      <c r="F63" s="316"/>
+      <c r="G63" s="316"/>
+      <c r="H63" s="316"/>
+      <c r="I63" s="316"/>
+      <c r="J63" s="316"/>
+      <c r="K63" s="316"/>
+      <c r="L63" s="316"/>
+      <c r="M63" s="316"/>
+      <c r="N63" s="316"/>
+      <c r="O63" s="316"/>
+      <c r="P63" s="316"/>
+      <c r="Q63" s="316"/>
+      <c r="R63" s="316"/>
+      <c r="S63" s="316"/>
+      <c r="T63" s="316"/>
+      <c r="U63" s="316"/>
+      <c r="V63" s="316"/>
+      <c r="W63" s="316"/>
+      <c r="X63" s="316"/>
+      <c r="Y63" s="316"/>
+      <c r="Z63" s="316"/>
+      <c r="AA63" s="316"/>
+      <c r="AB63" s="316"/>
+      <c r="AC63" s="316"/>
+      <c r="AD63" s="316"/>
+    </row>
+    <row r="64" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A64" s="49"/>
+      <c r="B64" s="50" t="s">
         <v>80</v>
       </c>
-      <c r="C64" s="327" t="s">
+      <c r="C64" s="316" t="s">
         <v>104</v>
       </c>
-      <c r="D64" s="327"/>
-[...61 lines deleted...]
-      <c r="B66" s="53" t="s">
+      <c r="D64" s="316"/>
+      <c r="E64" s="316"/>
+      <c r="F64" s="316"/>
+      <c r="G64" s="316"/>
+      <c r="H64" s="316"/>
+      <c r="I64" s="316"/>
+      <c r="J64" s="316"/>
+      <c r="K64" s="316"/>
+      <c r="L64" s="316"/>
+      <c r="M64" s="316"/>
+      <c r="N64" s="316"/>
+      <c r="O64" s="316"/>
+      <c r="P64" s="316"/>
+      <c r="Q64" s="316"/>
+      <c r="R64" s="316"/>
+      <c r="S64" s="316"/>
+      <c r="T64" s="316"/>
+      <c r="U64" s="316"/>
+      <c r="V64" s="316"/>
+      <c r="W64" s="316"/>
+      <c r="X64" s="316"/>
+      <c r="Y64" s="316"/>
+      <c r="Z64" s="316"/>
+      <c r="AA64" s="316"/>
+      <c r="AB64" s="316"/>
+      <c r="AC64" s="316"/>
+      <c r="AD64" s="316"/>
+    </row>
+    <row r="65" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A65" s="49"/>
+      <c r="B65" s="50"/>
+      <c r="C65" s="316"/>
+      <c r="D65" s="316"/>
+      <c r="E65" s="316"/>
+      <c r="F65" s="316"/>
+      <c r="G65" s="316"/>
+      <c r="H65" s="316"/>
+      <c r="I65" s="316"/>
+      <c r="J65" s="316"/>
+      <c r="K65" s="316"/>
+      <c r="L65" s="316"/>
+      <c r="M65" s="316"/>
+      <c r="N65" s="316"/>
+      <c r="O65" s="316"/>
+      <c r="P65" s="316"/>
+      <c r="Q65" s="316"/>
+      <c r="R65" s="316"/>
+      <c r="S65" s="316"/>
+      <c r="T65" s="316"/>
+      <c r="U65" s="316"/>
+      <c r="V65" s="316"/>
+      <c r="W65" s="316"/>
+      <c r="X65" s="316"/>
+      <c r="Y65" s="316"/>
+      <c r="Z65" s="316"/>
+      <c r="AA65" s="316"/>
+      <c r="AB65" s="316"/>
+      <c r="AC65" s="316"/>
+      <c r="AD65" s="316"/>
+    </row>
+    <row r="66" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A66" s="49"/>
+      <c r="B66" s="50" t="s">
         <v>87</v>
       </c>
-      <c r="C66" s="327" t="s">
+      <c r="C66" s="316" t="s">
         <v>105</v>
       </c>
-      <c r="D66" s="327"/>
-[...64 lines deleted...]
-      <c r="B69" s="347" t="s">
+      <c r="D66" s="316"/>
+      <c r="E66" s="316"/>
+      <c r="F66" s="316"/>
+      <c r="G66" s="316"/>
+      <c r="H66" s="316"/>
+      <c r="I66" s="316"/>
+      <c r="J66" s="316"/>
+      <c r="K66" s="316"/>
+      <c r="L66" s="316"/>
+      <c r="M66" s="316"/>
+      <c r="N66" s="316"/>
+      <c r="O66" s="316"/>
+      <c r="P66" s="316"/>
+      <c r="Q66" s="316"/>
+      <c r="R66" s="316"/>
+      <c r="S66" s="316"/>
+      <c r="T66" s="316"/>
+      <c r="U66" s="316"/>
+      <c r="V66" s="316"/>
+      <c r="W66" s="316"/>
+      <c r="X66" s="316"/>
+      <c r="Y66" s="316"/>
+      <c r="Z66" s="316"/>
+      <c r="AA66" s="316"/>
+      <c r="AB66" s="316"/>
+      <c r="AC66" s="316"/>
+      <c r="AD66" s="316"/>
+    </row>
+    <row r="67" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A67" s="49"/>
+      <c r="B67" s="50"/>
+      <c r="C67" s="316"/>
+      <c r="D67" s="316"/>
+      <c r="E67" s="316"/>
+      <c r="F67" s="316"/>
+      <c r="G67" s="316"/>
+      <c r="H67" s="316"/>
+      <c r="I67" s="316"/>
+      <c r="J67" s="316"/>
+      <c r="K67" s="316"/>
+      <c r="L67" s="316"/>
+      <c r="M67" s="316"/>
+      <c r="N67" s="316"/>
+      <c r="O67" s="316"/>
+      <c r="P67" s="316"/>
+      <c r="Q67" s="316"/>
+      <c r="R67" s="316"/>
+      <c r="S67" s="316"/>
+      <c r="T67" s="316"/>
+      <c r="U67" s="316"/>
+      <c r="V67" s="316"/>
+      <c r="W67" s="316"/>
+      <c r="X67" s="316"/>
+      <c r="Y67" s="316"/>
+      <c r="Z67" s="316"/>
+      <c r="AA67" s="316"/>
+      <c r="AB67" s="316"/>
+      <c r="AC67" s="316"/>
+      <c r="AD67" s="316"/>
+    </row>
+    <row r="68" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A68" s="48"/>
+    </row>
+    <row r="69" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A69" s="48"/>
+      <c r="B69" s="326" t="s">
         <v>106</v>
       </c>
-      <c r="C69" s="347"/>
-[...29 lines deleted...]
-      <c r="B70" s="338" t="s">
+      <c r="C69" s="326"/>
+      <c r="D69" s="326"/>
+      <c r="E69" s="326"/>
+      <c r="F69" s="326"/>
+      <c r="G69" s="326"/>
+      <c r="H69" s="326"/>
+      <c r="I69" s="326"/>
+      <c r="J69" s="326"/>
+      <c r="K69" s="326"/>
+      <c r="L69" s="326"/>
+      <c r="M69" s="326"/>
+      <c r="N69" s="326"/>
+      <c r="O69" s="326"/>
+      <c r="P69" s="326"/>
+      <c r="Q69" s="326"/>
+      <c r="R69" s="326"/>
+      <c r="S69" s="326"/>
+      <c r="T69" s="326"/>
+      <c r="U69" s="326"/>
+      <c r="V69" s="326"/>
+      <c r="W69" s="326"/>
+      <c r="X69" s="326"/>
+      <c r="Y69" s="326"/>
+      <c r="Z69" s="326"/>
+      <c r="AA69" s="326"/>
+      <c r="AB69" s="326"/>
+      <c r="AC69" s="326"/>
+    </row>
+    <row r="70" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A70" s="48"/>
+      <c r="B70" s="327" t="s">
         <v>107</v>
       </c>
-      <c r="C70" s="339"/>
-[...128 lines deleted...]
-      <c r="A75" s="52" t="s">
+      <c r="C70" s="328"/>
+      <c r="D70" s="328"/>
+      <c r="E70" s="328"/>
+      <c r="F70" s="328"/>
+      <c r="G70" s="328"/>
+      <c r="H70" s="328"/>
+      <c r="I70" s="328"/>
+      <c r="J70" s="328"/>
+      <c r="K70" s="328"/>
+      <c r="L70" s="328"/>
+      <c r="M70" s="328"/>
+      <c r="N70" s="328"/>
+      <c r="O70" s="328"/>
+      <c r="P70" s="328"/>
+      <c r="Q70" s="328"/>
+      <c r="R70" s="328"/>
+      <c r="S70" s="328"/>
+      <c r="T70" s="328"/>
+      <c r="U70" s="328"/>
+      <c r="V70" s="328"/>
+      <c r="W70" s="328"/>
+      <c r="X70" s="328"/>
+      <c r="Y70" s="328"/>
+      <c r="Z70" s="328"/>
+      <c r="AA70" s="328"/>
+      <c r="AB70" s="328"/>
+      <c r="AC70" s="328"/>
+      <c r="AD70" s="329"/>
+    </row>
+    <row r="71" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A71" s="48"/>
+      <c r="B71" s="330"/>
+      <c r="C71" s="331"/>
+      <c r="D71" s="331"/>
+      <c r="E71" s="331"/>
+      <c r="F71" s="331"/>
+      <c r="G71" s="331"/>
+      <c r="H71" s="331"/>
+      <c r="I71" s="331"/>
+      <c r="J71" s="331"/>
+      <c r="K71" s="331"/>
+      <c r="L71" s="331"/>
+      <c r="M71" s="331"/>
+      <c r="N71" s="331"/>
+      <c r="O71" s="331"/>
+      <c r="P71" s="331"/>
+      <c r="Q71" s="331"/>
+      <c r="R71" s="331"/>
+      <c r="S71" s="331"/>
+      <c r="T71" s="331"/>
+      <c r="U71" s="331"/>
+      <c r="V71" s="331"/>
+      <c r="W71" s="331"/>
+      <c r="X71" s="331"/>
+      <c r="Y71" s="331"/>
+      <c r="Z71" s="331"/>
+      <c r="AA71" s="331"/>
+      <c r="AB71" s="331"/>
+      <c r="AC71" s="331"/>
+      <c r="AD71" s="332"/>
+    </row>
+    <row r="72" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A72" s="48"/>
+      <c r="B72" s="330"/>
+      <c r="C72" s="331"/>
+      <c r="D72" s="331"/>
+      <c r="E72" s="331"/>
+      <c r="F72" s="331"/>
+      <c r="G72" s="331"/>
+      <c r="H72" s="331"/>
+      <c r="I72" s="331"/>
+      <c r="J72" s="331"/>
+      <c r="K72" s="331"/>
+      <c r="L72" s="331"/>
+      <c r="M72" s="331"/>
+      <c r="N72" s="331"/>
+      <c r="O72" s="331"/>
+      <c r="P72" s="331"/>
+      <c r="Q72" s="331"/>
+      <c r="R72" s="331"/>
+      <c r="S72" s="331"/>
+      <c r="T72" s="331"/>
+      <c r="U72" s="331"/>
+      <c r="V72" s="331"/>
+      <c r="W72" s="331"/>
+      <c r="X72" s="331"/>
+      <c r="Y72" s="331"/>
+      <c r="Z72" s="331"/>
+      <c r="AA72" s="331"/>
+      <c r="AB72" s="331"/>
+      <c r="AC72" s="331"/>
+      <c r="AD72" s="332"/>
+    </row>
+    <row r="73" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A73" s="48"/>
+      <c r="B73" s="333"/>
+      <c r="C73" s="334"/>
+      <c r="D73" s="334"/>
+      <c r="E73" s="334"/>
+      <c r="F73" s="334"/>
+      <c r="G73" s="334"/>
+      <c r="H73" s="334"/>
+      <c r="I73" s="334"/>
+      <c r="J73" s="334"/>
+      <c r="K73" s="334"/>
+      <c r="L73" s="334"/>
+      <c r="M73" s="334"/>
+      <c r="N73" s="334"/>
+      <c r="O73" s="334"/>
+      <c r="P73" s="334"/>
+      <c r="Q73" s="334"/>
+      <c r="R73" s="334"/>
+      <c r="S73" s="334"/>
+      <c r="T73" s="334"/>
+      <c r="U73" s="334"/>
+      <c r="V73" s="334"/>
+      <c r="W73" s="334"/>
+      <c r="X73" s="334"/>
+      <c r="Y73" s="334"/>
+      <c r="Z73" s="334"/>
+      <c r="AA73" s="334"/>
+      <c r="AB73" s="334"/>
+      <c r="AC73" s="334"/>
+      <c r="AD73" s="335"/>
+    </row>
+    <row r="74" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A74" s="48"/>
+    </row>
+    <row r="75" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A75" s="49" t="s">
         <v>108</v>
       </c>
-      <c r="B75" s="336" t="s">
+      <c r="B75" s="325" t="s">
         <v>109</v>
       </c>
-      <c r="C75" s="336"/>
-[...30 lines deleted...]
-      <c r="B76" s="327" t="s">
+      <c r="C75" s="325"/>
+      <c r="D75" s="325"/>
+      <c r="E75" s="325"/>
+      <c r="F75" s="325"/>
+      <c r="G75" s="325"/>
+      <c r="H75" s="325"/>
+      <c r="I75" s="325"/>
+      <c r="J75" s="325"/>
+      <c r="K75" s="325"/>
+      <c r="L75" s="325"/>
+      <c r="M75" s="325"/>
+      <c r="N75" s="325"/>
+      <c r="O75" s="325"/>
+      <c r="P75" s="325"/>
+      <c r="Q75" s="325"/>
+      <c r="R75" s="325"/>
+      <c r="S75" s="325"/>
+      <c r="T75" s="325"/>
+      <c r="U75" s="325"/>
+      <c r="V75" s="325"/>
+      <c r="W75" s="325"/>
+      <c r="X75" s="325"/>
+      <c r="Y75" s="325"/>
+      <c r="Z75" s="325"/>
+      <c r="AA75" s="325"/>
+      <c r="AB75" s="325"/>
+      <c r="AC75" s="325"/>
+      <c r="AD75" s="325"/>
+    </row>
+    <row r="76" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A76" s="48"/>
+      <c r="B76" s="316" t="s">
         <v>110</v>
       </c>
-      <c r="C76" s="327"/>
-[...93 lines deleted...]
-      <c r="A79" s="52" t="s">
+      <c r="C76" s="316"/>
+      <c r="D76" s="316"/>
+      <c r="E76" s="316"/>
+      <c r="F76" s="316"/>
+      <c r="G76" s="316"/>
+      <c r="H76" s="316"/>
+      <c r="I76" s="316"/>
+      <c r="J76" s="316"/>
+      <c r="K76" s="316"/>
+      <c r="L76" s="316"/>
+      <c r="M76" s="316"/>
+      <c r="N76" s="316"/>
+      <c r="O76" s="316"/>
+      <c r="P76" s="316"/>
+      <c r="Q76" s="316"/>
+      <c r="R76" s="316"/>
+      <c r="S76" s="316"/>
+      <c r="T76" s="316"/>
+      <c r="U76" s="316"/>
+      <c r="V76" s="316"/>
+      <c r="W76" s="316"/>
+      <c r="X76" s="316"/>
+      <c r="Y76" s="316"/>
+      <c r="Z76" s="316"/>
+      <c r="AA76" s="316"/>
+      <c r="AB76" s="316"/>
+      <c r="AC76" s="316"/>
+      <c r="AD76" s="316"/>
+    </row>
+    <row r="77" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A77" s="48"/>
+      <c r="B77" s="316"/>
+      <c r="C77" s="316"/>
+      <c r="D77" s="316"/>
+      <c r="E77" s="316"/>
+      <c r="F77" s="316"/>
+      <c r="G77" s="316"/>
+      <c r="H77" s="316"/>
+      <c r="I77" s="316"/>
+      <c r="J77" s="316"/>
+      <c r="K77" s="316"/>
+      <c r="L77" s="316"/>
+      <c r="M77" s="316"/>
+      <c r="N77" s="316"/>
+      <c r="O77" s="316"/>
+      <c r="P77" s="316"/>
+      <c r="Q77" s="316"/>
+      <c r="R77" s="316"/>
+      <c r="S77" s="316"/>
+      <c r="T77" s="316"/>
+      <c r="U77" s="316"/>
+      <c r="V77" s="316"/>
+      <c r="W77" s="316"/>
+      <c r="X77" s="316"/>
+      <c r="Y77" s="316"/>
+      <c r="Z77" s="316"/>
+      <c r="AA77" s="316"/>
+      <c r="AB77" s="316"/>
+      <c r="AC77" s="316"/>
+      <c r="AD77" s="316"/>
+    </row>
+    <row r="78" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A78" s="48"/>
+      <c r="B78" s="50"/>
+      <c r="C78" s="50"/>
+      <c r="D78" s="50"/>
+      <c r="E78" s="50"/>
+      <c r="F78" s="50"/>
+      <c r="G78" s="50"/>
+      <c r="H78" s="50"/>
+      <c r="I78" s="50"/>
+      <c r="J78" s="50"/>
+      <c r="K78" s="50"/>
+      <c r="L78" s="50"/>
+      <c r="M78" s="50"/>
+      <c r="N78" s="50"/>
+      <c r="O78" s="50"/>
+      <c r="P78" s="50"/>
+      <c r="Q78" s="50"/>
+      <c r="R78" s="50"/>
+      <c r="S78" s="50"/>
+      <c r="T78" s="50"/>
+      <c r="U78" s="50"/>
+      <c r="V78" s="50"/>
+      <c r="W78" s="50"/>
+      <c r="X78" s="50"/>
+      <c r="Y78" s="50"/>
+      <c r="Z78" s="50"/>
+      <c r="AA78" s="50"/>
+      <c r="AB78" s="50"/>
+      <c r="AC78" s="50"/>
+      <c r="AD78" s="50"/>
+    </row>
+    <row r="79" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A79" s="49" t="s">
         <v>131</v>
       </c>
-      <c r="B79" s="336" t="s">
+      <c r="B79" s="325" t="s">
         <v>111</v>
       </c>
-      <c r="C79" s="336"/>
-[...30 lines deleted...]
-      <c r="B80" s="53" t="s">
+      <c r="C79" s="325"/>
+      <c r="D79" s="325"/>
+      <c r="E79" s="325"/>
+      <c r="F79" s="325"/>
+      <c r="G79" s="325"/>
+      <c r="H79" s="325"/>
+      <c r="I79" s="325"/>
+      <c r="J79" s="325"/>
+      <c r="K79" s="325"/>
+      <c r="L79" s="325"/>
+      <c r="M79" s="325"/>
+      <c r="N79" s="325"/>
+      <c r="O79" s="325"/>
+      <c r="P79" s="325"/>
+      <c r="Q79" s="325"/>
+      <c r="R79" s="325"/>
+      <c r="S79" s="325"/>
+      <c r="T79" s="325"/>
+      <c r="U79" s="325"/>
+      <c r="V79" s="325"/>
+      <c r="W79" s="325"/>
+      <c r="X79" s="325"/>
+      <c r="Y79" s="325"/>
+      <c r="Z79" s="325"/>
+      <c r="AA79" s="325"/>
+      <c r="AB79" s="325"/>
+      <c r="AC79" s="325"/>
+      <c r="AD79" s="325"/>
+    </row>
+    <row r="80" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A80" s="48"/>
+      <c r="B80" s="50" t="s">
         <v>66</v>
       </c>
-      <c r="C80" s="327" t="s">
+      <c r="C80" s="316" t="s">
         <v>112</v>
       </c>
-      <c r="D80" s="327"/>
-[...61 lines deleted...]
-      <c r="B82" s="53" t="s">
+      <c r="D80" s="316"/>
+      <c r="E80" s="316"/>
+      <c r="F80" s="316"/>
+      <c r="G80" s="316"/>
+      <c r="H80" s="316"/>
+      <c r="I80" s="316"/>
+      <c r="J80" s="316"/>
+      <c r="K80" s="316"/>
+      <c r="L80" s="316"/>
+      <c r="M80" s="316"/>
+      <c r="N80" s="316"/>
+      <c r="O80" s="316"/>
+      <c r="P80" s="316"/>
+      <c r="Q80" s="316"/>
+      <c r="R80" s="316"/>
+      <c r="S80" s="316"/>
+      <c r="T80" s="316"/>
+      <c r="U80" s="316"/>
+      <c r="V80" s="316"/>
+      <c r="W80" s="316"/>
+      <c r="X80" s="316"/>
+      <c r="Y80" s="316"/>
+      <c r="Z80" s="316"/>
+      <c r="AA80" s="316"/>
+      <c r="AB80" s="316"/>
+      <c r="AC80" s="316"/>
+      <c r="AD80" s="316"/>
+    </row>
+    <row r="81" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A81" s="48"/>
+      <c r="B81" s="50"/>
+      <c r="C81" s="316"/>
+      <c r="D81" s="316"/>
+      <c r="E81" s="316"/>
+      <c r="F81" s="316"/>
+      <c r="G81" s="316"/>
+      <c r="H81" s="316"/>
+      <c r="I81" s="316"/>
+      <c r="J81" s="316"/>
+      <c r="K81" s="316"/>
+      <c r="L81" s="316"/>
+      <c r="M81" s="316"/>
+      <c r="N81" s="316"/>
+      <c r="O81" s="316"/>
+      <c r="P81" s="316"/>
+      <c r="Q81" s="316"/>
+      <c r="R81" s="316"/>
+      <c r="S81" s="316"/>
+      <c r="T81" s="316"/>
+      <c r="U81" s="316"/>
+      <c r="V81" s="316"/>
+      <c r="W81" s="316"/>
+      <c r="X81" s="316"/>
+      <c r="Y81" s="316"/>
+      <c r="Z81" s="316"/>
+      <c r="AA81" s="316"/>
+      <c r="AB81" s="316"/>
+      <c r="AC81" s="316"/>
+      <c r="AD81" s="316"/>
+    </row>
+    <row r="82" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A82" s="48"/>
+      <c r="B82" s="50" t="s">
         <v>68</v>
       </c>
-      <c r="C82" s="327" t="s">
+      <c r="C82" s="316" t="s">
         <v>113</v>
       </c>
-      <c r="D82" s="327"/>
-[...60 lines deleted...]
-      <c r="A84" s="48" t="s">
+      <c r="D82" s="316"/>
+      <c r="E82" s="316"/>
+      <c r="F82" s="316"/>
+      <c r="G82" s="316"/>
+      <c r="H82" s="316"/>
+      <c r="I82" s="316"/>
+      <c r="J82" s="316"/>
+      <c r="K82" s="316"/>
+      <c r="L82" s="316"/>
+      <c r="M82" s="316"/>
+      <c r="N82" s="316"/>
+      <c r="O82" s="316"/>
+      <c r="P82" s="316"/>
+      <c r="Q82" s="316"/>
+      <c r="R82" s="316"/>
+      <c r="S82" s="316"/>
+      <c r="T82" s="316"/>
+      <c r="U82" s="316"/>
+      <c r="V82" s="316"/>
+      <c r="W82" s="316"/>
+      <c r="X82" s="316"/>
+      <c r="Y82" s="316"/>
+      <c r="Z82" s="316"/>
+      <c r="AA82" s="316"/>
+      <c r="AB82" s="316"/>
+      <c r="AC82" s="316"/>
+      <c r="AD82" s="316"/>
+    </row>
+    <row r="83" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A83" s="48"/>
+      <c r="B83" s="50"/>
+      <c r="C83" s="50"/>
+      <c r="D83" s="50"/>
+      <c r="E83" s="50"/>
+      <c r="F83" s="50"/>
+      <c r="G83" s="50"/>
+      <c r="H83" s="50"/>
+      <c r="I83" s="50"/>
+      <c r="J83" s="50"/>
+      <c r="K83" s="50"/>
+      <c r="L83" s="50"/>
+      <c r="M83" s="50"/>
+      <c r="N83" s="50"/>
+      <c r="O83" s="50"/>
+      <c r="P83" s="50"/>
+      <c r="Q83" s="50"/>
+      <c r="R83" s="50"/>
+      <c r="S83" s="50"/>
+      <c r="T83" s="50"/>
+      <c r="U83" s="50"/>
+      <c r="V83" s="50"/>
+      <c r="W83" s="50"/>
+      <c r="X83" s="50"/>
+      <c r="Y83" s="50"/>
+      <c r="Z83" s="50"/>
+      <c r="AA83" s="50"/>
+      <c r="AB83" s="50"/>
+      <c r="AC83" s="50"/>
+      <c r="AD83" s="50"/>
+    </row>
+    <row r="84" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A84" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="85" spans="1:30" s="48" customFormat="1" ht="16.5" customHeight="1">
-      <c r="A85" s="52" t="s">
+    <row r="85" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A85" s="49" t="s">
         <v>132</v>
       </c>
-      <c r="B85" s="336" t="s">
+      <c r="B85" s="325" t="s">
         <v>115</v>
       </c>
-      <c r="C85" s="336"/>
-[...30 lines deleted...]
-      <c r="B86" s="53" t="s">
+      <c r="C85" s="325"/>
+      <c r="D85" s="325"/>
+      <c r="E85" s="325"/>
+      <c r="F85" s="325"/>
+      <c r="G85" s="325"/>
+      <c r="H85" s="325"/>
+      <c r="I85" s="325"/>
+      <c r="J85" s="325"/>
+      <c r="K85" s="325"/>
+      <c r="L85" s="325"/>
+      <c r="M85" s="325"/>
+      <c r="N85" s="325"/>
+      <c r="O85" s="325"/>
+      <c r="P85" s="325"/>
+      <c r="Q85" s="325"/>
+      <c r="R85" s="325"/>
+      <c r="S85" s="325"/>
+      <c r="T85" s="325"/>
+      <c r="U85" s="325"/>
+      <c r="V85" s="325"/>
+      <c r="W85" s="325"/>
+      <c r="X85" s="325"/>
+      <c r="Y85" s="325"/>
+      <c r="Z85" s="325"/>
+      <c r="AA85" s="325"/>
+      <c r="AB85" s="325"/>
+      <c r="AC85" s="325"/>
+      <c r="AD85" s="325"/>
+    </row>
+    <row r="86" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A86" s="47"/>
+      <c r="B86" s="50" t="s">
         <v>66</v>
       </c>
-      <c r="C86" s="327" t="s">
+      <c r="C86" s="316" t="s">
         <v>116</v>
       </c>
-      <c r="D86" s="327"/>
-[...29 lines deleted...]
-      <c r="B87" s="53" t="s">
+      <c r="D86" s="316"/>
+      <c r="E86" s="316"/>
+      <c r="F86" s="316"/>
+      <c r="G86" s="316"/>
+      <c r="H86" s="316"/>
+      <c r="I86" s="316"/>
+      <c r="J86" s="316"/>
+      <c r="K86" s="316"/>
+      <c r="L86" s="316"/>
+      <c r="M86" s="316"/>
+      <c r="N86" s="316"/>
+      <c r="O86" s="316"/>
+      <c r="P86" s="316"/>
+      <c r="Q86" s="316"/>
+      <c r="R86" s="316"/>
+      <c r="S86" s="316"/>
+      <c r="T86" s="316"/>
+      <c r="U86" s="316"/>
+      <c r="V86" s="316"/>
+      <c r="W86" s="316"/>
+      <c r="X86" s="316"/>
+      <c r="Y86" s="316"/>
+      <c r="Z86" s="316"/>
+      <c r="AA86" s="316"/>
+      <c r="AB86" s="316"/>
+      <c r="AC86" s="316"/>
+      <c r="AD86" s="316"/>
+    </row>
+    <row r="87" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A87" s="47"/>
+      <c r="B87" s="50" t="s">
         <v>68</v>
       </c>
-      <c r="C87" s="327" t="s">
+      <c r="C87" s="316" t="s">
         <v>117</v>
       </c>
-      <c r="D87" s="327"/>
-[...93 lines deleted...]
-      <c r="B90" s="53" t="s">
+      <c r="D87" s="316"/>
+      <c r="E87" s="316"/>
+      <c r="F87" s="316"/>
+      <c r="G87" s="316"/>
+      <c r="H87" s="316"/>
+      <c r="I87" s="316"/>
+      <c r="J87" s="316"/>
+      <c r="K87" s="316"/>
+      <c r="L87" s="316"/>
+      <c r="M87" s="316"/>
+      <c r="N87" s="316"/>
+      <c r="O87" s="316"/>
+      <c r="P87" s="316"/>
+      <c r="Q87" s="316"/>
+      <c r="R87" s="316"/>
+      <c r="S87" s="316"/>
+      <c r="T87" s="316"/>
+      <c r="U87" s="316"/>
+      <c r="V87" s="316"/>
+      <c r="W87" s="316"/>
+      <c r="X87" s="316"/>
+      <c r="Y87" s="316"/>
+      <c r="Z87" s="316"/>
+      <c r="AA87" s="316"/>
+      <c r="AB87" s="316"/>
+      <c r="AC87" s="316"/>
+      <c r="AD87" s="316"/>
+    </row>
+    <row r="88" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A88" s="46"/>
+      <c r="B88" s="50"/>
+      <c r="C88" s="316"/>
+      <c r="D88" s="316"/>
+      <c r="E88" s="316"/>
+      <c r="F88" s="316"/>
+      <c r="G88" s="316"/>
+      <c r="H88" s="316"/>
+      <c r="I88" s="316"/>
+      <c r="J88" s="316"/>
+      <c r="K88" s="316"/>
+      <c r="L88" s="316"/>
+      <c r="M88" s="316"/>
+      <c r="N88" s="316"/>
+      <c r="O88" s="316"/>
+      <c r="P88" s="316"/>
+      <c r="Q88" s="316"/>
+      <c r="R88" s="316"/>
+      <c r="S88" s="316"/>
+      <c r="T88" s="316"/>
+      <c r="U88" s="316"/>
+      <c r="V88" s="316"/>
+      <c r="W88" s="316"/>
+      <c r="X88" s="316"/>
+      <c r="Y88" s="316"/>
+      <c r="Z88" s="316"/>
+      <c r="AA88" s="316"/>
+      <c r="AB88" s="316"/>
+      <c r="AC88" s="316"/>
+      <c r="AD88" s="316"/>
+    </row>
+    <row r="89" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A89" s="47"/>
+      <c r="B89" s="50"/>
+      <c r="C89" s="316"/>
+      <c r="D89" s="316"/>
+      <c r="E89" s="316"/>
+      <c r="F89" s="316"/>
+      <c r="G89" s="316"/>
+      <c r="H89" s="316"/>
+      <c r="I89" s="316"/>
+      <c r="J89" s="316"/>
+      <c r="K89" s="316"/>
+      <c r="L89" s="316"/>
+      <c r="M89" s="316"/>
+      <c r="N89" s="316"/>
+      <c r="O89" s="316"/>
+      <c r="P89" s="316"/>
+      <c r="Q89" s="316"/>
+      <c r="R89" s="316"/>
+      <c r="S89" s="316"/>
+      <c r="T89" s="316"/>
+      <c r="U89" s="316"/>
+      <c r="V89" s="316"/>
+      <c r="W89" s="316"/>
+      <c r="X89" s="316"/>
+      <c r="Y89" s="316"/>
+      <c r="Z89" s="316"/>
+      <c r="AA89" s="316"/>
+      <c r="AB89" s="316"/>
+      <c r="AC89" s="316"/>
+      <c r="AD89" s="316"/>
+    </row>
+    <row r="90" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A90" s="48"/>
+      <c r="B90" s="50" t="s">
         <v>78</v>
       </c>
-      <c r="C90" s="327" t="s">
+      <c r="C90" s="316" t="s">
         <v>118</v>
       </c>
-      <c r="D90" s="327"/>
-[...29 lines deleted...]
-      <c r="B91" s="53" t="s">
+      <c r="D90" s="316"/>
+      <c r="E90" s="316"/>
+      <c r="F90" s="316"/>
+      <c r="G90" s="316"/>
+      <c r="H90" s="316"/>
+      <c r="I90" s="316"/>
+      <c r="J90" s="316"/>
+      <c r="K90" s="316"/>
+      <c r="L90" s="316"/>
+      <c r="M90" s="316"/>
+      <c r="N90" s="316"/>
+      <c r="O90" s="316"/>
+      <c r="P90" s="316"/>
+      <c r="Q90" s="316"/>
+      <c r="R90" s="316"/>
+      <c r="S90" s="316"/>
+      <c r="T90" s="316"/>
+      <c r="U90" s="316"/>
+      <c r="V90" s="316"/>
+      <c r="W90" s="316"/>
+      <c r="X90" s="316"/>
+      <c r="Y90" s="316"/>
+      <c r="Z90" s="316"/>
+      <c r="AA90" s="316"/>
+      <c r="AB90" s="316"/>
+      <c r="AC90" s="316"/>
+      <c r="AD90" s="316"/>
+    </row>
+    <row r="91" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A91" s="48"/>
+      <c r="B91" s="50" t="s">
         <v>80</v>
       </c>
-      <c r="C91" s="327" t="s">
+      <c r="C91" s="316" t="s">
         <v>119</v>
       </c>
-      <c r="D91" s="327"/>
-[...61 lines deleted...]
-      <c r="B93" s="53" t="s">
+      <c r="D91" s="316"/>
+      <c r="E91" s="316"/>
+      <c r="F91" s="316"/>
+      <c r="G91" s="316"/>
+      <c r="H91" s="316"/>
+      <c r="I91" s="316"/>
+      <c r="J91" s="316"/>
+      <c r="K91" s="316"/>
+      <c r="L91" s="316"/>
+      <c r="M91" s="316"/>
+      <c r="N91" s="316"/>
+      <c r="O91" s="316"/>
+      <c r="P91" s="316"/>
+      <c r="Q91" s="316"/>
+      <c r="R91" s="316"/>
+      <c r="S91" s="316"/>
+      <c r="T91" s="316"/>
+      <c r="U91" s="316"/>
+      <c r="V91" s="316"/>
+      <c r="W91" s="316"/>
+      <c r="X91" s="316"/>
+      <c r="Y91" s="316"/>
+      <c r="Z91" s="316"/>
+      <c r="AA91" s="316"/>
+      <c r="AB91" s="316"/>
+      <c r="AC91" s="316"/>
+      <c r="AD91" s="316"/>
+    </row>
+    <row r="92" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A92" s="48"/>
+      <c r="B92" s="50"/>
+      <c r="C92" s="316"/>
+      <c r="D92" s="316"/>
+      <c r="E92" s="316"/>
+      <c r="F92" s="316"/>
+      <c r="G92" s="316"/>
+      <c r="H92" s="316"/>
+      <c r="I92" s="316"/>
+      <c r="J92" s="316"/>
+      <c r="K92" s="316"/>
+      <c r="L92" s="316"/>
+      <c r="M92" s="316"/>
+      <c r="N92" s="316"/>
+      <c r="O92" s="316"/>
+      <c r="P92" s="316"/>
+      <c r="Q92" s="316"/>
+      <c r="R92" s="316"/>
+      <c r="S92" s="316"/>
+      <c r="T92" s="316"/>
+      <c r="U92" s="316"/>
+      <c r="V92" s="316"/>
+      <c r="W92" s="316"/>
+      <c r="X92" s="316"/>
+      <c r="Y92" s="316"/>
+      <c r="Z92" s="316"/>
+      <c r="AA92" s="316"/>
+      <c r="AB92" s="316"/>
+      <c r="AC92" s="316"/>
+      <c r="AD92" s="316"/>
+    </row>
+    <row r="93" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A93" s="48"/>
+      <c r="B93" s="50" t="s">
         <v>87</v>
       </c>
-      <c r="C93" s="327" t="s">
+      <c r="C93" s="316" t="s">
         <v>120</v>
       </c>
-      <c r="D93" s="327"/>
-[...29 lines deleted...]
-      <c r="B94" s="53" t="s">
+      <c r="D93" s="316"/>
+      <c r="E93" s="316"/>
+      <c r="F93" s="316"/>
+      <c r="G93" s="316"/>
+      <c r="H93" s="316"/>
+      <c r="I93" s="316"/>
+      <c r="J93" s="316"/>
+      <c r="K93" s="316"/>
+      <c r="L93" s="316"/>
+      <c r="M93" s="316"/>
+      <c r="N93" s="316"/>
+      <c r="O93" s="316"/>
+      <c r="P93" s="316"/>
+      <c r="Q93" s="316"/>
+      <c r="R93" s="316"/>
+      <c r="S93" s="316"/>
+      <c r="T93" s="316"/>
+      <c r="U93" s="316"/>
+      <c r="V93" s="316"/>
+      <c r="W93" s="316"/>
+      <c r="X93" s="316"/>
+      <c r="Y93" s="316"/>
+      <c r="Z93" s="316"/>
+      <c r="AA93" s="316"/>
+      <c r="AB93" s="316"/>
+      <c r="AC93" s="316"/>
+      <c r="AD93" s="316"/>
+    </row>
+    <row r="94" spans="1:30" ht="16.5" customHeight="1">
+      <c r="A94" s="48"/>
+      <c r="B94" s="50" t="s">
         <v>89</v>
       </c>
-      <c r="C94" s="327" t="s">
+      <c r="C94" s="316" t="s">
         <v>121</v>
       </c>
-      <c r="D94" s="327"/>
-[...28 lines deleted...]
-      <c r="B95" s="53" t="s">
+      <c r="D94" s="316"/>
+      <c r="E94" s="316"/>
+      <c r="F94" s="316"/>
+      <c r="G94" s="316"/>
+      <c r="H94" s="316"/>
+      <c r="I94" s="316"/>
+      <c r="J94" s="316"/>
+      <c r="K94" s="316"/>
+      <c r="L94" s="316"/>
+      <c r="M94" s="316"/>
+      <c r="N94" s="316"/>
+      <c r="O94" s="316"/>
+      <c r="P94" s="316"/>
+      <c r="Q94" s="316"/>
+      <c r="R94" s="316"/>
+      <c r="S94" s="316"/>
+      <c r="T94" s="316"/>
+      <c r="U94" s="316"/>
+      <c r="V94" s="316"/>
+      <c r="W94" s="316"/>
+      <c r="X94" s="316"/>
+      <c r="Y94" s="316"/>
+      <c r="Z94" s="316"/>
+      <c r="AA94" s="316"/>
+      <c r="AB94" s="316"/>
+      <c r="AC94" s="316"/>
+      <c r="AD94" s="316"/>
+    </row>
+    <row r="95" spans="1:30" ht="16.5" customHeight="1">
+      <c r="B95" s="50" t="s">
         <v>91</v>
       </c>
-      <c r="C95" s="327" t="s">
+      <c r="C95" s="316" t="s">
         <v>122</v>
       </c>
-      <c r="D95" s="327"/>
-[...88 lines deleted...]
-      <c r="C98" s="327" t="s">
+      <c r="D95" s="316"/>
+      <c r="E95" s="316"/>
+      <c r="F95" s="316"/>
+      <c r="G95" s="316"/>
+      <c r="H95" s="316"/>
+      <c r="I95" s="316"/>
+      <c r="J95" s="316"/>
+      <c r="K95" s="316"/>
+      <c r="L95" s="316"/>
+      <c r="M95" s="316"/>
+      <c r="N95" s="316"/>
+      <c r="O95" s="316"/>
+      <c r="P95" s="316"/>
+      <c r="Q95" s="316"/>
+      <c r="R95" s="316"/>
+      <c r="S95" s="316"/>
+      <c r="T95" s="316"/>
+      <c r="U95" s="316"/>
+      <c r="V95" s="316"/>
+      <c r="W95" s="316"/>
+      <c r="X95" s="316"/>
+      <c r="Y95" s="316"/>
+      <c r="Z95" s="316"/>
+      <c r="AA95" s="316"/>
+      <c r="AB95" s="316"/>
+      <c r="AC95" s="316"/>
+      <c r="AD95" s="316"/>
+    </row>
+    <row r="96" spans="1:30" ht="16.5" customHeight="1">
+      <c r="C96" s="316"/>
+      <c r="D96" s="316"/>
+      <c r="E96" s="316"/>
+      <c r="F96" s="316"/>
+      <c r="G96" s="316"/>
+      <c r="H96" s="316"/>
+      <c r="I96" s="316"/>
+      <c r="J96" s="316"/>
+      <c r="K96" s="316"/>
+      <c r="L96" s="316"/>
+      <c r="M96" s="316"/>
+      <c r="N96" s="316"/>
+      <c r="O96" s="316"/>
+      <c r="P96" s="316"/>
+      <c r="Q96" s="316"/>
+      <c r="R96" s="316"/>
+      <c r="S96" s="316"/>
+      <c r="T96" s="316"/>
+      <c r="U96" s="316"/>
+      <c r="V96" s="316"/>
+      <c r="W96" s="316"/>
+      <c r="X96" s="316"/>
+      <c r="Y96" s="316"/>
+      <c r="Z96" s="316"/>
+      <c r="AA96" s="316"/>
+      <c r="AB96" s="316"/>
+      <c r="AC96" s="316"/>
+      <c r="AD96" s="316"/>
+    </row>
+    <row r="97" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C97" s="316"/>
+      <c r="D97" s="316"/>
+      <c r="E97" s="316"/>
+      <c r="F97" s="316"/>
+      <c r="G97" s="316"/>
+      <c r="H97" s="316"/>
+      <c r="I97" s="316"/>
+      <c r="J97" s="316"/>
+      <c r="K97" s="316"/>
+      <c r="L97" s="316"/>
+      <c r="M97" s="316"/>
+      <c r="N97" s="316"/>
+      <c r="O97" s="316"/>
+      <c r="P97" s="316"/>
+      <c r="Q97" s="316"/>
+      <c r="R97" s="316"/>
+      <c r="S97" s="316"/>
+      <c r="T97" s="316"/>
+      <c r="U97" s="316"/>
+      <c r="V97" s="316"/>
+      <c r="W97" s="316"/>
+      <c r="X97" s="316"/>
+      <c r="Y97" s="316"/>
+      <c r="Z97" s="316"/>
+      <c r="AA97" s="316"/>
+      <c r="AB97" s="316"/>
+      <c r="AC97" s="316"/>
+      <c r="AD97" s="316"/>
+    </row>
+    <row r="98" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C98" s="316" t="s">
         <v>123</v>
       </c>
-      <c r="D98" s="327"/>
-[...58 lines deleted...]
-      <c r="B100" s="53" t="s">
+      <c r="D98" s="316"/>
+      <c r="E98" s="316"/>
+      <c r="F98" s="316"/>
+      <c r="G98" s="316"/>
+      <c r="H98" s="316"/>
+      <c r="I98" s="316"/>
+      <c r="J98" s="316"/>
+      <c r="K98" s="316"/>
+      <c r="L98" s="316"/>
+      <c r="M98" s="316"/>
+      <c r="N98" s="316"/>
+      <c r="O98" s="316"/>
+      <c r="P98" s="316"/>
+      <c r="Q98" s="316"/>
+      <c r="R98" s="316"/>
+      <c r="S98" s="316"/>
+      <c r="T98" s="316"/>
+      <c r="U98" s="316"/>
+      <c r="V98" s="316"/>
+      <c r="W98" s="316"/>
+      <c r="X98" s="316"/>
+      <c r="Y98" s="316"/>
+      <c r="Z98" s="316"/>
+      <c r="AA98" s="316"/>
+      <c r="AB98" s="316"/>
+      <c r="AC98" s="316"/>
+      <c r="AD98" s="316"/>
+    </row>
+    <row r="99" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C99" s="316"/>
+      <c r="D99" s="316"/>
+      <c r="E99" s="316"/>
+      <c r="F99" s="316"/>
+      <c r="G99" s="316"/>
+      <c r="H99" s="316"/>
+      <c r="I99" s="316"/>
+      <c r="J99" s="316"/>
+      <c r="K99" s="316"/>
+      <c r="L99" s="316"/>
+      <c r="M99" s="316"/>
+      <c r="N99" s="316"/>
+      <c r="O99" s="316"/>
+      <c r="P99" s="316"/>
+      <c r="Q99" s="316"/>
+      <c r="R99" s="316"/>
+      <c r="S99" s="316"/>
+      <c r="T99" s="316"/>
+      <c r="U99" s="316"/>
+      <c r="V99" s="316"/>
+      <c r="W99" s="316"/>
+      <c r="X99" s="316"/>
+      <c r="Y99" s="316"/>
+      <c r="Z99" s="316"/>
+      <c r="AA99" s="316"/>
+      <c r="AB99" s="316"/>
+      <c r="AC99" s="316"/>
+      <c r="AD99" s="316"/>
+    </row>
+    <row r="100" spans="2:30" ht="16.5" customHeight="1">
+      <c r="B100" s="50" t="s">
         <v>93</v>
       </c>
-      <c r="C100" s="327" t="s">
+      <c r="C100" s="316" t="s">
         <v>129</v>
       </c>
-      <c r="D100" s="327"/>
-[...178 lines deleted...]
-      <c r="B106" s="53" t="s">
+      <c r="D100" s="316"/>
+      <c r="E100" s="316"/>
+      <c r="F100" s="316"/>
+      <c r="G100" s="316"/>
+      <c r="H100" s="316"/>
+      <c r="I100" s="316"/>
+      <c r="J100" s="316"/>
+      <c r="K100" s="316"/>
+      <c r="L100" s="316"/>
+      <c r="M100" s="316"/>
+      <c r="N100" s="316"/>
+      <c r="O100" s="316"/>
+      <c r="P100" s="316"/>
+      <c r="Q100" s="316"/>
+      <c r="R100" s="316"/>
+      <c r="S100" s="316"/>
+      <c r="T100" s="316"/>
+      <c r="U100" s="316"/>
+      <c r="V100" s="316"/>
+      <c r="W100" s="316"/>
+      <c r="X100" s="316"/>
+      <c r="Y100" s="316"/>
+      <c r="Z100" s="316"/>
+      <c r="AA100" s="316"/>
+      <c r="AB100" s="316"/>
+      <c r="AC100" s="316"/>
+      <c r="AD100" s="316"/>
+    </row>
+    <row r="101" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C101" s="316"/>
+      <c r="D101" s="316"/>
+      <c r="E101" s="316"/>
+      <c r="F101" s="316"/>
+      <c r="G101" s="316"/>
+      <c r="H101" s="316"/>
+      <c r="I101" s="316"/>
+      <c r="J101" s="316"/>
+      <c r="K101" s="316"/>
+      <c r="L101" s="316"/>
+      <c r="M101" s="316"/>
+      <c r="N101" s="316"/>
+      <c r="O101" s="316"/>
+      <c r="P101" s="316"/>
+      <c r="Q101" s="316"/>
+      <c r="R101" s="316"/>
+      <c r="S101" s="316"/>
+      <c r="T101" s="316"/>
+      <c r="U101" s="316"/>
+      <c r="V101" s="316"/>
+      <c r="W101" s="316"/>
+      <c r="X101" s="316"/>
+      <c r="Y101" s="316"/>
+      <c r="Z101" s="316"/>
+      <c r="AA101" s="316"/>
+      <c r="AB101" s="316"/>
+      <c r="AC101" s="316"/>
+      <c r="AD101" s="316"/>
+    </row>
+    <row r="102" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C102" s="316"/>
+      <c r="D102" s="316"/>
+      <c r="E102" s="316"/>
+      <c r="F102" s="316"/>
+      <c r="G102" s="316"/>
+      <c r="H102" s="316"/>
+      <c r="I102" s="316"/>
+      <c r="J102" s="316"/>
+      <c r="K102" s="316"/>
+      <c r="L102" s="316"/>
+      <c r="M102" s="316"/>
+      <c r="N102" s="316"/>
+      <c r="O102" s="316"/>
+      <c r="P102" s="316"/>
+      <c r="Q102" s="316"/>
+      <c r="R102" s="316"/>
+      <c r="S102" s="316"/>
+      <c r="T102" s="316"/>
+      <c r="U102" s="316"/>
+      <c r="V102" s="316"/>
+      <c r="W102" s="316"/>
+      <c r="X102" s="316"/>
+      <c r="Y102" s="316"/>
+      <c r="Z102" s="316"/>
+      <c r="AA102" s="316"/>
+      <c r="AB102" s="316"/>
+      <c r="AC102" s="316"/>
+      <c r="AD102" s="316"/>
+    </row>
+    <row r="103" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C103" s="316"/>
+      <c r="D103" s="316"/>
+      <c r="E103" s="316"/>
+      <c r="F103" s="316"/>
+      <c r="G103" s="316"/>
+      <c r="H103" s="316"/>
+      <c r="I103" s="316"/>
+      <c r="J103" s="316"/>
+      <c r="K103" s="316"/>
+      <c r="L103" s="316"/>
+      <c r="M103" s="316"/>
+      <c r="N103" s="316"/>
+      <c r="O103" s="316"/>
+      <c r="P103" s="316"/>
+      <c r="Q103" s="316"/>
+      <c r="R103" s="316"/>
+      <c r="S103" s="316"/>
+      <c r="T103" s="316"/>
+      <c r="U103" s="316"/>
+      <c r="V103" s="316"/>
+      <c r="W103" s="316"/>
+      <c r="X103" s="316"/>
+      <c r="Y103" s="316"/>
+      <c r="Z103" s="316"/>
+      <c r="AA103" s="316"/>
+      <c r="AB103" s="316"/>
+      <c r="AC103" s="316"/>
+      <c r="AD103" s="316"/>
+    </row>
+    <row r="104" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C104" s="316"/>
+      <c r="D104" s="316"/>
+      <c r="E104" s="316"/>
+      <c r="F104" s="316"/>
+      <c r="G104" s="316"/>
+      <c r="H104" s="316"/>
+      <c r="I104" s="316"/>
+      <c r="J104" s="316"/>
+      <c r="K104" s="316"/>
+      <c r="L104" s="316"/>
+      <c r="M104" s="316"/>
+      <c r="N104" s="316"/>
+      <c r="O104" s="316"/>
+      <c r="P104" s="316"/>
+      <c r="Q104" s="316"/>
+      <c r="R104" s="316"/>
+      <c r="S104" s="316"/>
+      <c r="T104" s="316"/>
+      <c r="U104" s="316"/>
+      <c r="V104" s="316"/>
+      <c r="W104" s="316"/>
+      <c r="X104" s="316"/>
+      <c r="Y104" s="316"/>
+      <c r="Z104" s="316"/>
+      <c r="AA104" s="316"/>
+      <c r="AB104" s="316"/>
+      <c r="AC104" s="316"/>
+      <c r="AD104" s="316"/>
+    </row>
+    <row r="105" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C105" s="316"/>
+      <c r="D105" s="316"/>
+      <c r="E105" s="316"/>
+      <c r="F105" s="316"/>
+      <c r="G105" s="316"/>
+      <c r="H105" s="316"/>
+      <c r="I105" s="316"/>
+      <c r="J105" s="316"/>
+      <c r="K105" s="316"/>
+      <c r="L105" s="316"/>
+      <c r="M105" s="316"/>
+      <c r="N105" s="316"/>
+      <c r="O105" s="316"/>
+      <c r="P105" s="316"/>
+      <c r="Q105" s="316"/>
+      <c r="R105" s="316"/>
+      <c r="S105" s="316"/>
+      <c r="T105" s="316"/>
+      <c r="U105" s="316"/>
+      <c r="V105" s="316"/>
+      <c r="W105" s="316"/>
+      <c r="X105" s="316"/>
+      <c r="Y105" s="316"/>
+      <c r="Z105" s="316"/>
+      <c r="AA105" s="316"/>
+      <c r="AB105" s="316"/>
+      <c r="AC105" s="316"/>
+      <c r="AD105" s="316"/>
+    </row>
+    <row r="106" spans="2:30" ht="16.5" customHeight="1">
+      <c r="B106" s="50" t="s">
         <v>95</v>
       </c>
-      <c r="C106" s="327" t="s">
+      <c r="C106" s="316" t="s">
         <v>130</v>
       </c>
-      <c r="D106" s="327"/>
-[...115 lines deleted...]
-      <c r="AD109" s="327"/>
+      <c r="D106" s="316"/>
+      <c r="E106" s="316"/>
+      <c r="F106" s="316"/>
+      <c r="G106" s="316"/>
+      <c r="H106" s="316"/>
+      <c r="I106" s="316"/>
+      <c r="J106" s="316"/>
+      <c r="K106" s="316"/>
+      <c r="L106" s="316"/>
+      <c r="M106" s="316"/>
+      <c r="N106" s="316"/>
+      <c r="O106" s="316"/>
+      <c r="P106" s="316"/>
+      <c r="Q106" s="316"/>
+      <c r="R106" s="316"/>
+      <c r="S106" s="316"/>
+      <c r="T106" s="316"/>
+      <c r="U106" s="316"/>
+      <c r="V106" s="316"/>
+      <c r="W106" s="316"/>
+      <c r="X106" s="316"/>
+      <c r="Y106" s="316"/>
+      <c r="Z106" s="316"/>
+      <c r="AA106" s="316"/>
+      <c r="AB106" s="316"/>
+      <c r="AC106" s="316"/>
+      <c r="AD106" s="316"/>
+    </row>
+    <row r="107" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C107" s="316"/>
+      <c r="D107" s="316"/>
+      <c r="E107" s="316"/>
+      <c r="F107" s="316"/>
+      <c r="G107" s="316"/>
+      <c r="H107" s="316"/>
+      <c r="I107" s="316"/>
+      <c r="J107" s="316"/>
+      <c r="K107" s="316"/>
+      <c r="L107" s="316"/>
+      <c r="M107" s="316"/>
+      <c r="N107" s="316"/>
+      <c r="O107" s="316"/>
+      <c r="P107" s="316"/>
+      <c r="Q107" s="316"/>
+      <c r="R107" s="316"/>
+      <c r="S107" s="316"/>
+      <c r="T107" s="316"/>
+      <c r="U107" s="316"/>
+      <c r="V107" s="316"/>
+      <c r="W107" s="316"/>
+      <c r="X107" s="316"/>
+      <c r="Y107" s="316"/>
+      <c r="Z107" s="316"/>
+      <c r="AA107" s="316"/>
+      <c r="AB107" s="316"/>
+      <c r="AC107" s="316"/>
+      <c r="AD107" s="316"/>
+    </row>
+    <row r="108" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C108" s="316"/>
+      <c r="D108" s="316"/>
+      <c r="E108" s="316"/>
+      <c r="F108" s="316"/>
+      <c r="G108" s="316"/>
+      <c r="H108" s="316"/>
+      <c r="I108" s="316"/>
+      <c r="J108" s="316"/>
+      <c r="K108" s="316"/>
+      <c r="L108" s="316"/>
+      <c r="M108" s="316"/>
+      <c r="N108" s="316"/>
+      <c r="O108" s="316"/>
+      <c r="P108" s="316"/>
+      <c r="Q108" s="316"/>
+      <c r="R108" s="316"/>
+      <c r="S108" s="316"/>
+      <c r="T108" s="316"/>
+      <c r="U108" s="316"/>
+      <c r="V108" s="316"/>
+      <c r="W108" s="316"/>
+      <c r="X108" s="316"/>
+      <c r="Y108" s="316"/>
+      <c r="Z108" s="316"/>
+      <c r="AA108" s="316"/>
+      <c r="AB108" s="316"/>
+      <c r="AC108" s="316"/>
+      <c r="AD108" s="316"/>
+    </row>
+    <row r="109" spans="2:30" ht="16.5" customHeight="1">
+      <c r="C109" s="316"/>
+      <c r="D109" s="316"/>
+      <c r="E109" s="316"/>
+      <c r="F109" s="316"/>
+      <c r="G109" s="316"/>
+      <c r="H109" s="316"/>
+      <c r="I109" s="316"/>
+      <c r="J109" s="316"/>
+      <c r="K109" s="316"/>
+      <c r="L109" s="316"/>
+      <c r="M109" s="316"/>
+      <c r="N109" s="316"/>
+      <c r="O109" s="316"/>
+      <c r="P109" s="316"/>
+      <c r="Q109" s="316"/>
+      <c r="R109" s="316"/>
+      <c r="S109" s="316"/>
+      <c r="T109" s="316"/>
+      <c r="U109" s="316"/>
+      <c r="V109" s="316"/>
+      <c r="W109" s="316"/>
+      <c r="X109" s="316"/>
+      <c r="Y109" s="316"/>
+      <c r="Z109" s="316"/>
+      <c r="AA109" s="316"/>
+      <c r="AB109" s="316"/>
+      <c r="AC109" s="316"/>
+      <c r="AD109" s="316"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="54">
     <mergeCell ref="C100:AD105"/>
     <mergeCell ref="C106:AD109"/>
     <mergeCell ref="C90:AD90"/>
     <mergeCell ref="C91:AD92"/>
     <mergeCell ref="C93:AD93"/>
     <mergeCell ref="C94:AD94"/>
     <mergeCell ref="C95:AD97"/>
     <mergeCell ref="C98:AD99"/>
     <mergeCell ref="B76:AD77"/>
     <mergeCell ref="C87:AD89"/>
     <mergeCell ref="B79:AD79"/>
     <mergeCell ref="C80:AD81"/>
     <mergeCell ref="C82:AD82"/>
     <mergeCell ref="B85:AD85"/>
     <mergeCell ref="C86:AD86"/>
     <mergeCell ref="C64:AD65"/>
     <mergeCell ref="C66:AD67"/>
     <mergeCell ref="B69:AC69"/>
     <mergeCell ref="B70:AD73"/>
     <mergeCell ref="B75:AD75"/>
     <mergeCell ref="B51:AD54"/>
@@ -13459,67 +13357,70 @@
     <mergeCell ref="C22:AD22"/>
     <mergeCell ref="C23:AD23"/>
     <mergeCell ref="C24:AD25"/>
     <mergeCell ref="B27:AD27"/>
     <mergeCell ref="B28:AD30"/>
     <mergeCell ref="B32:AD32"/>
     <mergeCell ref="C33:AD33"/>
     <mergeCell ref="C34:AD34"/>
     <mergeCell ref="B13:AD13"/>
     <mergeCell ref="A1:AD1"/>
     <mergeCell ref="A4:AD7"/>
     <mergeCell ref="B10:AD11"/>
     <mergeCell ref="B12:AD12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.70866141732283472" right="0.35433070866141736" top="0.43307086614173229" bottom="0.27559055118110237" header="0.31496062992125984" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="89" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="55" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>履歴書No.１</vt:lpstr>
       <vt:lpstr>履歴書No.２</vt:lpstr>
       <vt:lpstr>記入要領</vt:lpstr>
       <vt:lpstr>履歴書No.１!Print_Area</vt:lpstr>
       <vt:lpstr>履歴書No.２!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>EntrySheet_PT2025.xlsx</dc:title>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>entry_sheet_2026.xlsx</dc:title>
 </cp:coreProperties>
 </file>